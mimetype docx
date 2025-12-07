--- v0 (2025-10-03)
+++ v1 (2025-12-07)
@@ -1,28 +1,29 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="6F8899C7" w14:textId="77777777" w:rsidR="00EE5B20" w:rsidRDefault="00EE5B20" w:rsidP="00EE5B20">
@@ -60,1476 +61,1638 @@
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6188710" cy="1092200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C78CB35" w14:textId="733547B2" w:rsidR="00F95288" w:rsidRDefault="00F95288" w:rsidP="00F95288">
+    <w:p w14:paraId="0C78CB35" w14:textId="6E874F95" w:rsidR="00F95288" w:rsidRDefault="00F95288" w:rsidP="00F95288">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Council Report for </w:t>
       </w:r>
-      <w:r w:rsidR="00BF3241">
-        <w:t>August</w:t>
+      <w:r w:rsidR="009B4EE6">
+        <w:t>October</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 202</w:t>
       </w:r>
       <w:r w:rsidR="006F7788">
         <w:t>5</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="111859FE" w14:textId="77777777" w:rsidR="00F95288" w:rsidRDefault="00F95288" w:rsidP="00F95288">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>Written by your local Conservative team to keep you up to date.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15E44C9B" w14:textId="0D32281A" w:rsidR="00AE0570" w:rsidRPr="00AE0570" w:rsidRDefault="00AE0570" w:rsidP="00AE0570">
+    <w:p w14:paraId="15E44C9B" w14:textId="0DF7170A" w:rsidR="00AE0570" w:rsidRPr="00AE0570" w:rsidRDefault="00AE0570" w:rsidP="00AE0570">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>C</w:t>
       </w:r>
-      <w:r w:rsidR="00BF3241">
+      <w:r w:rsidR="00955140">
         <w:t>ouncillor Clive Hooker</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00BF3241">
+      <w:r w:rsidR="00955140">
         <w:t xml:space="preserve">Downlands </w:t>
       </w:r>
       <w:r>
         <w:t>Ward</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F8899CA" w14:textId="77777777" w:rsidR="003B5F27" w:rsidRPr="003B5F27" w:rsidRDefault="003B5F27" w:rsidP="00154797">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="003B5F27">
         <w:t>West Berkshire Council</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F8899CB" w14:textId="77777777" w:rsidR="003B5F27" w:rsidRPr="003B5F27" w:rsidRDefault="003B5F27" w:rsidP="003B5F27">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r w:rsidRPr="003B5F27">
         <w:t>Council</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CD2CC82" w14:textId="1B9889E7" w:rsidR="001438E5" w:rsidRDefault="001438E5" w:rsidP="00A262C2">
+    <w:p w14:paraId="3C6E2EE0" w14:textId="3B4302C3" w:rsidR="001438E5" w:rsidRDefault="00C05389" w:rsidP="001438E5">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
-        <w:t>There was no meeting of Council this month.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6F8899D3" w14:textId="2C1215E4" w:rsidR="00A262C2" w:rsidRDefault="00A262C2" w:rsidP="00A262C2">
+        <w:t>Council</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B5F27">
+        <w:t xml:space="preserve"> met on </w:t>
+      </w:r>
+      <w:r w:rsidR="00B27A23">
+        <w:t>16 October</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001438E5">
+        <w:t>to discuss</w:t>
+      </w:r>
+      <w:r w:rsidR="001438E5" w:rsidRPr="003B5F27">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65E86B45" w14:textId="77777777" w:rsidR="00B61009" w:rsidRDefault="00B61009" w:rsidP="008A44BA">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B61009">
+        <w:t>Hungerford Neighbourhood Development Plan (C4742)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7230B00B" w14:textId="7AF40A93" w:rsidR="00B27A23" w:rsidRDefault="00B27A23" w:rsidP="00B27A23">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B27A23">
+        <w:t>Youth Justice Plan 2025/26 (C4666)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54BC9ACE" w14:textId="3CFD8BC9" w:rsidR="00C05389" w:rsidRPr="003B5F27" w:rsidRDefault="00C05389" w:rsidP="00094B8B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B5F27">
+        <w:t xml:space="preserve">Papers and a recording of the meeting can be found </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="003B5F27">
+          <w:rPr>
+            <w:color w:val="008855"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>here</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="003B5F27">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F8899D3" w14:textId="6F6CEE72" w:rsidR="00A262C2" w:rsidRDefault="00A262C2" w:rsidP="00A262C2">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="003B5F27">
         <w:t xml:space="preserve">The next meeting is on </w:t>
       </w:r>
-      <w:r w:rsidR="00832A9A">
-        <w:t>16 October</w:t>
+      <w:r w:rsidR="001B1CF3">
+        <w:t>4 and 27 November</w:t>
       </w:r>
       <w:r w:rsidRPr="003B5F27">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F8899D4" w14:textId="77777777" w:rsidR="00A262C2" w:rsidRDefault="00A262C2" w:rsidP="00A262C2">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r w:rsidRPr="003B5F27">
         <w:t>Executive</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F8899E1" w14:textId="54191DDE" w:rsidR="00A262C2" w:rsidRPr="003B5F27" w:rsidRDefault="003D7DDB" w:rsidP="00A262C2">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
         <w:t>There was no meeting of the Executive this month.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F8899E2" w14:textId="76A6A167" w:rsidR="00A262C2" w:rsidRDefault="00A262C2" w:rsidP="00A262C2">
+    <w:p w14:paraId="6F8899E2" w14:textId="48563475" w:rsidR="00A262C2" w:rsidRDefault="00A262C2" w:rsidP="00A262C2">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="003B5F27">
         <w:t xml:space="preserve">The next meeting is on </w:t>
       </w:r>
-      <w:r w:rsidR="00832A9A">
-        <w:t>25 September</w:t>
+      <w:r w:rsidR="003E4ABF">
+        <w:t>6 Nov</w:t>
       </w:r>
       <w:r w:rsidRPr="003B5F27">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29A70EF3" w14:textId="77777777" w:rsidR="0006129A" w:rsidRDefault="0006129A" w:rsidP="0006129A">
+    <w:p w14:paraId="779EA0DB" w14:textId="04977CE4" w:rsidR="00345207" w:rsidRDefault="00345207" w:rsidP="004B519D">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
-        <w:t>Environment</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5F37AAB9" w14:textId="3901E663" w:rsidR="0061594E" w:rsidRDefault="003F08C9" w:rsidP="0061594E">
+        <w:t>Local Government Reorganisation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C3EFD18" w14:textId="3A551AA9" w:rsidR="00345207" w:rsidRDefault="00345207" w:rsidP="00345207">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
       </w:pPr>
-      <w:r>
-[...25 lines deleted...]
-    <w:p w14:paraId="522A6F07" w14:textId="0BC18722" w:rsidR="003F08C9" w:rsidRDefault="0006129A" w:rsidP="003F08C9">
+      <w:r w:rsidRPr="00345207">
+        <w:t>Councils propose new local government structure for Oxfordshire and West Berkshire</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1508432F" w14:textId="1284C1D9" w:rsidR="002B1355" w:rsidRPr="002B1355" w:rsidRDefault="002B1355" w:rsidP="002B1355">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002B1355">
+        <w:t xml:space="preserve">Five councils have joined forces on proposal which responds to Government plans for a major reform of </w:t>
+      </w:r>
+      <w:r w:rsidR="00797495">
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B1355">
+        <w:t xml:space="preserve">ocal </w:t>
+      </w:r>
+      <w:r w:rsidR="00797495">
+        <w:t>G</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B1355">
+        <w:t>overnment.</w:t>
+      </w:r>
+      <w:r w:rsidR="00862BDF" w:rsidRPr="00862BDF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7906285B" w14:textId="0A0D5709" w:rsidR="002B1355" w:rsidRPr="002B1355" w:rsidRDefault="00862BDF" w:rsidP="002B1355">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6487AB64" wp14:editId="67D98667">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="196E9068" wp14:editId="2B8C5E63">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
-              <wp:align>right</wp:align>
+              <wp:align>left</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>250190</wp:posOffset>
+              <wp:posOffset>6985</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="2724150" cy="2724150"/>
-[...1 lines deleted...]
-            <wp:wrapTight wrapText="bothSides">
+            <wp:extent cx="2567940" cy="1955800"/>
+            <wp:effectExtent l="0" t="0" r="3810" b="6350"/>
+            <wp:wrapThrough wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
-                <wp:lineTo x="0" y="21449"/>
-[...1 lines deleted...]
-                <wp:lineTo x="21449" y="0"/>
+                <wp:lineTo x="0" y="21460"/>
+                <wp:lineTo x="21472" y="21460"/>
+                <wp:lineTo x="21472" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
-            </wp:wrapTight>
-            <wp:docPr id="135894566" name="Picture 1" descr="A poster of food waste&#10;&#10;AI-generated content may be incorrect."/>
+            </wp:wrapThrough>
+            <wp:docPr id="598357302" name="Picture 2" descr="A map of the united kingdom&#10;&#10;AI-generated content may be incorrect."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="135894566" name="Picture 1" descr="A poster of food waste&#10;&#10;AI-generated content may be incorrect."/>
+                    <pic:cNvPr id="598357302" name="Picture 2" descr="A map of the united kingdom&#10;&#10;AI-generated content may be incorrect."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7" cstate="print">
+                    <a:blip r:embed="rId8" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2724150" cy="2724150"/>
-[...141 lines deleted...]
-                      <a:ext cx="3308985" cy="2774950"/>
+                      <a:ext cx="2567940" cy="1955800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="002E4CE6">
-[...4 lines deleted...]
-    <w:p w14:paraId="2EA2FDA3" w14:textId="0FCDF157" w:rsidR="002E4CE6" w:rsidRDefault="002E4CE6" w:rsidP="002E4CE6">
+      <w:r w:rsidR="002B1355" w:rsidRPr="002B1355">
+        <w:t xml:space="preserve">The plan would create two new unitary authorities - Oxford and Shires Council, and Ridgeway Council - designed to improve services, save money, and better support local communities. West Berkshire would be part of the new Ridgeway Council, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A20883">
+        <w:t xml:space="preserve">which </w:t>
+      </w:r>
+      <w:r w:rsidR="002B1355" w:rsidRPr="002B1355">
+        <w:t>also cover</w:t>
+      </w:r>
+      <w:r w:rsidR="00A20883">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="002B1355" w:rsidRPr="002B1355">
+        <w:t xml:space="preserve"> South Oxfordshire and Vale of White Horse.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C47136E" w14:textId="77777777" w:rsidR="002B1355" w:rsidRPr="002B1355" w:rsidRDefault="002B1355" w:rsidP="002B1355">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002B1355">
+        <w:t>Financial modelling suggests this proposal could save nearly £60 million a year, making it the most cost-effective option among the three options being put forward. The new councils aim to balance efficiency with local accountability, ensuring high-quality services and strong democratic representation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3500C42C" w14:textId="7FF1C3C4" w:rsidR="00345207" w:rsidRPr="00345207" w:rsidRDefault="002B1355" w:rsidP="002B1355">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002B1355">
+        <w:t xml:space="preserve">The draft proposal is subject to approval by all five councils involved. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B7205C">
+        <w:t>Residents</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B1355">
+        <w:t xml:space="preserve"> can read the full proposal or a summary online at </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="002B1355">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>twocouncils.org</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002B1355">
+        <w:t>. Once approved it will be submitted to Government, who are expected to hold a consultation in 2026 and possible implementation by 2028</w:t>
+      </w:r>
+      <w:r w:rsidR="00B7205C">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="614722BE" w14:textId="1B8DDC09" w:rsidR="004B519D" w:rsidRPr="004B519D" w:rsidRDefault="004B519D" w:rsidP="004B519D">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">The giveaway will take place on Saturday 4 and Sunday 5 October 2025, from 10am to 4pm at the </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:lastRenderedPageBreak/>
+        <w:t>Environment</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F37AAB9" w14:textId="1D2164C5" w:rsidR="0061594E" w:rsidRDefault="004B519D" w:rsidP="0061594E">
+      <w:pPr>
+        <w:pStyle w:val="Heading5"/>
+      </w:pPr>
       <w:r>
-        <w:t>Padworth</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Soil Conditioner Give Away</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63D281DF" w14:textId="7F31D9F2" w:rsidR="004B519D" w:rsidRDefault="004B519D" w:rsidP="004B519D">
+      <w:r w:rsidRPr="004B519D">
+        <w:t xml:space="preserve">In October </w:t>
+      </w:r>
       <w:r>
-        <w:t xml:space="preserve"> Integrated Waste Management Facility (RG7 4JF). No appointment is needed - just bring proof of address (e.g. ID or utility bill). </w:t>
-[...2 lines deleted...]
-        <w:t>Residents should</w:t>
+        <w:t>WBC</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:t xml:space="preserve"> host</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> bring </w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">their </w:t>
+        <w:t>ed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>own bags or containers as the soil conditioner will be provided loose. For safety reasons, no direct loading into vehicles.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00647C4D" w:rsidRPr="00647C4D">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:t>seventh Soil Conditioner Giveaway.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:t xml:space="preserve">Over the two days, 515 cars visited </w:t>
+      </w:r>
+      <w:r w:rsidR="00F97063">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:t xml:space="preserve">site and took away 96 tonnes of nutrient-rich soil conditioner, made from locally recycled food and garden waste.  A huge thank you to everyone who came along. It </w:t>
+      </w:r>
+      <w:r w:rsidR="00F97063">
+        <w:t xml:space="preserve">is </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:t xml:space="preserve">fantastic </w:t>
+      </w:r>
+      <w:r w:rsidR="00F97063">
+        <w:t xml:space="preserve">that there are </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:t xml:space="preserve">so many green-fingered residents </w:t>
+      </w:r>
+      <w:r w:rsidR="00F97063">
+        <w:t xml:space="preserve">with </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:t>autumn gardening plans.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2321013F" w14:textId="77777777" w:rsidR="00DF6A73" w:rsidRDefault="00DF6A73" w:rsidP="004B519D"/>
+    <w:p w14:paraId="6EF089C3" w14:textId="1306FA16" w:rsidR="00DF6A73" w:rsidRPr="004B519D" w:rsidRDefault="00DF6A73" w:rsidP="00DF6A73">
+      <w:pPr>
+        <w:pStyle w:val="Heading5"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Bee Bus Shelters</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39DB0A64" w14:textId="17F12E66" w:rsidR="004124D3" w:rsidRDefault="00C403B7" w:rsidP="004124D3">
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-    <w:p w14:paraId="32C63EB6" w14:textId="2863A2A8" w:rsidR="002E4CE6" w:rsidRDefault="002E4CE6" w:rsidP="002E4CE6">
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6FC6ECB6" wp14:editId="492F1B44">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:align>right</wp:align>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>5715</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="2151454" cy="1612900"/>
+            <wp:effectExtent l="0" t="0" r="1270" b="6350"/>
+            <wp:wrapThrough wrapText="bothSides">
+              <wp:wrapPolygon edited="0">
+                <wp:start x="0" y="0"/>
+                <wp:lineTo x="0" y="21430"/>
+                <wp:lineTo x="21421" y="21430"/>
+                <wp:lineTo x="21421" y="0"/>
+                <wp:lineTo x="0" y="0"/>
+              </wp:wrapPolygon>
+            </wp:wrapThrough>
+            <wp:docPr id="1869432185" name="Picture 1" descr="A bus stop with a green bench&#10;&#10;AI-generated content may be incorrect."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1869432185" name="Picture 1" descr="A bus stop with a green bench&#10;&#10;AI-generated content may be incorrect."/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId10" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2151454" cy="1612900"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="004124D3">
+        <w:t>Bus Passengers across West Berkshire are beginning to benefit from new bus shelters being installed, helping to improve the Public Transport experience. WBC have provided funding to town and parish councils who are responsible for maintaining shelters.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="232A6DD4" w14:textId="637844B8" w:rsidR="004124D3" w:rsidRDefault="004124D3" w:rsidP="004124D3"/>
+    <w:p w14:paraId="2DC42D24" w14:textId="45156646" w:rsidR="004124D3" w:rsidRDefault="004124D3" w:rsidP="004124D3">
       <w:r>
-        <w:t>Vehicle restrictions apply - no commercial vehicles or those listed as prohibited in the HWRC user guide. Residents visiting the recycling centre must still book an appointment.</w:t>
-[...3 lines deleted...]
-    <w:p w14:paraId="0339455B" w14:textId="25EEA1F5" w:rsidR="002E4CE6" w:rsidRDefault="002E4CE6" w:rsidP="002E4CE6">
+        <w:t>Many of the shelters have green roofs helping to contribute towards efforts to tackle the climate and ecological emergency. It follows feedback from bus surveys, where residents said the condition of bus stops influences how they travel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A0490B9" w14:textId="77777777" w:rsidR="004124D3" w:rsidRDefault="004124D3" w:rsidP="004124D3"/>
+    <w:p w14:paraId="280AC35D" w14:textId="1744942A" w:rsidR="00C932F0" w:rsidRDefault="004124D3" w:rsidP="004124D3">
       <w:r>
-        <w:t>Queues may occur during peak times, but we’ll be restocking throughout the day. Please take a reasonable amount so everyone can benefit. Veolia will manage the event on-site.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2CE87CEE" w14:textId="68923E47" w:rsidR="0077515E" w:rsidRDefault="0077515E" w:rsidP="0077515E">
+        <w:t>These improvements are made possible by funding from HM Government, given to the Council after submission of the Bus Service Improvement Plan (BSIP).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E4E46D5" w14:textId="69F5373E" w:rsidR="00C932F0" w:rsidRDefault="00C932F0" w:rsidP="00921DFE">
+      <w:pPr>
+        <w:pStyle w:val="Heading5"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Safe Battery Disposal</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="236B82DC" w14:textId="77777777" w:rsidR="00921DFE" w:rsidRDefault="00921DFE" w:rsidP="00921DFE">
+      <w:r>
+        <w:t xml:space="preserve">Batteries contain hazardous materials that can harm the environment and pose fire risks, so they should never be disposed of in household bins.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E8802C4" w14:textId="77777777" w:rsidR="00921DFE" w:rsidRDefault="00921DFE" w:rsidP="00921DFE"/>
+    <w:p w14:paraId="4E9C61F0" w14:textId="7B620BCC" w:rsidR="00921DFE" w:rsidRDefault="00921DFE" w:rsidP="00921DFE">
+      <w:r>
+        <w:t xml:space="preserve">Residents can put used batteries in a see-through bag and place them sealed on top of </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA07B3">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">black wheelie bin ready for collection on black bin collection day. </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA07B3">
+        <w:t>W</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">aste vehicles have a special compartment designed for these batteries ensuring they're safely recycled. </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA07B3">
+        <w:t xml:space="preserve">Residents </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">can </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA07B3">
+        <w:t xml:space="preserve">also </w:t>
+      </w:r>
+      <w:r>
+        <w:t>take non-household batteries (car batteries etc) to recycling centres for disposal.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4185D35D" w14:textId="77777777" w:rsidR="007E72F4" w:rsidRDefault="007E72F4" w:rsidP="0072083B">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
-        <w:t>Transport</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4356632D" w14:textId="035ACFA5" w:rsidR="00956EEA" w:rsidRDefault="00841675" w:rsidP="00957A5E">
+        <w:t>Health and Social Care</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0249ACA2" w14:textId="68773DAC" w:rsidR="0072083B" w:rsidRDefault="0072083B" w:rsidP="007E72F4">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
       </w:pPr>
       <w:r>
-        <w:t>P</w:t>
-[...9 lines deleted...]
-      <w:r w:rsidR="00841675">
+        <w:t>Children’s Services</w:t>
+      </w:r>
+      <w:r w:rsidR="007E72F4">
+        <w:t xml:space="preserve"> Rated Good</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19B6BCDA" w14:textId="2826E989" w:rsidR="00BE15DD" w:rsidRPr="00BE15DD" w:rsidRDefault="00BE15DD" w:rsidP="00BE15DD">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE15DD">
+        <w:t>WBC are celebrating the result of the latest Ofsted inspection, which rated Children’s Services as ‘Good’ across all key areas. This includes support for children in care, care leavers, and those needing protection.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14DB2EA6" w14:textId="387E6858" w:rsidR="00BE15DD" w:rsidRPr="00BE15DD" w:rsidRDefault="00BE15DD" w:rsidP="00BE15DD">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE15DD">
+        <w:t>The inspection praised the dedication of staff and leaders who have continued to put children and families at the heart of their work since the last inspection in 2022, when the service was rated ‘Good’ across all areas. They noted strong leadership, improved workforce stability and enhanced support systems.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37995A31" w14:textId="77777777" w:rsidR="00BE15DD" w:rsidRPr="00BE15DD" w:rsidRDefault="00BE15DD" w:rsidP="00BE15DD">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE15DD">
+        <w:t>This success reflects the whole council’s ambition that every child in West Berkshire will be given the care and support they need to thrive.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A95C040" w14:textId="27937ADF" w:rsidR="004C5A40" w:rsidRDefault="004C5A40" w:rsidP="004C5A40">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Countryside</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5047B984" w14:textId="24D31679" w:rsidR="004C5A40" w:rsidRDefault="009158B5" w:rsidP="004C5A40">
+      <w:pPr>
+        <w:pStyle w:val="Heading5"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009158B5">
+        <w:t>Streatley Footpath 21 officially open</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2404B6D8" w14:textId="769760BD" w:rsidR="00CF743D" w:rsidRPr="00CF743D" w:rsidRDefault="00CF743D" w:rsidP="00CF743D">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF743D">
+        <w:t xml:space="preserve">After 20 years of anticipation, </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">WBC are </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF743D">
+        <w:t>delighted to share that Streatley Footpath 21 is now open for everyone to enjoy!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63E731AA" w14:textId="77777777" w:rsidR="00CF743D" w:rsidRPr="00CF743D" w:rsidRDefault="00CF743D" w:rsidP="00CF743D">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF743D">
+        <w:t>Originally established in 2004 as part of planning permission for The Swan Hotel, the footpath remained unusable for many years due to challenging terrain, including drainage ditches, dense vegetation, and persistently wet ground.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3769459D" w14:textId="28671BC9" w:rsidR="00CF743D" w:rsidRPr="00CF743D" w:rsidRDefault="00CF743D" w:rsidP="00CF743D">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF743D">
+        <w:lastRenderedPageBreak/>
+        <w:t>Over the past five years, Countryside and Public Rights of Way Teams have led a series of improvements guided by ecological recommendations. These included safety tree work supported by bat surveys, vegetation clearance, water level studies, and the installation of two bridges.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CA05F5E" w14:textId="77777777" w:rsidR="00CF743D" w:rsidRPr="00CF743D" w:rsidRDefault="00CF743D" w:rsidP="00CF743D">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF743D">
+        <w:t>A big thank you to all those involved in making this happen including: Mid and West Berkshire Local Access Forum, Mend the Gap, The Swan Hotel, the Berkshire Ornithological Club, the Mobility Issues Group for Goring and Streatley (MIGGS), and neighbouring landowners.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16249C02" w14:textId="541E5B91" w:rsidR="009158B5" w:rsidRDefault="00C03848" w:rsidP="00C03848">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Community</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="281A3D7B" w14:textId="0F556ABB" w:rsidR="00C03848" w:rsidRDefault="00C03848" w:rsidP="00C03848">
+      <w:pPr>
+        <w:pStyle w:val="Heading5"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Memorandum of Understanding</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="491650F1" w14:textId="1D6F4ED9" w:rsidR="00C03848" w:rsidRPr="00C03848" w:rsidRDefault="00C03848" w:rsidP="00BF6032">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C03848">
+        <w:t xml:space="preserve">Last </w:t>
+      </w:r>
+      <w:r>
+        <w:t>month</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C03848">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
         <w:t>WBC</w:t>
       </w:r>
-      <w:r w:rsidRPr="00957A5E">
-[...24 lines deleted...]
-        <w:r w:rsidRPr="00957A5E">
+      <w:r w:rsidRPr="00C03848">
+        <w:t xml:space="preserve"> signed a new </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00C03848">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Oxford Road, Donnington</w:t>
+          <w:t xml:space="preserve">Memorandum of Understanding </w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00957A5E">
-[...11 lines deleted...]
-        <w:r w:rsidRPr="00957A5E">
+      <w:r w:rsidRPr="00C03848">
+        <w:t>(MOU) with key voluntary and charitable organisations to support local people.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="782C066A" w14:textId="77777777" w:rsidR="00C03848" w:rsidRPr="00C03848" w:rsidRDefault="00C03848" w:rsidP="00BF6032">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C03848">
+        <w:t>The MOU was developed in partnership with Volunteer Centre West Berkshire, which will coordinate volunteer recruitment and support; Connecting Communities in Berkshire, focused on community engagement and outreach; Greenham Trust, providing funding and grant support; Berkshire Community Foundation, offering philanthropic and project funding; and Council teams from Place and Children’s Services, managing service delivery and strategy alignment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BFEFAAE" w14:textId="54415FE1" w:rsidR="00C03848" w:rsidRPr="00C03848" w:rsidRDefault="00BF6032" w:rsidP="00BF6032">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>WBC</w:t>
+      </w:r>
+      <w:r w:rsidR="00C03848" w:rsidRPr="00C03848">
+        <w:t xml:space="preserve"> already have strong relationships across the sector, especially through Health and Wellbeing Board groups and VCS-led forums. This new agreement gives us a clearer framework to strengthen those ties, making it easier to share ideas, plan jointly, and deliver effective services.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="262CE34D" w14:textId="53E0A619" w:rsidR="00C03848" w:rsidRDefault="004F4918" w:rsidP="004F4918">
+      <w:pPr>
+        <w:pStyle w:val="Heading5"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Counterfeit Toys</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="165FF5F5" w14:textId="77777777" w:rsidR="004F4918" w:rsidRPr="004F4918" w:rsidRDefault="004F4918" w:rsidP="004F4918">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4918">
+        <w:t>As the festive season nears, many families shop for toys, but not all are safe. Counterfeit toys, often sold online or by unofficial retailers, may look appealing but lack UK safety standards.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="790CC169" w14:textId="77777777" w:rsidR="00606D08" w:rsidRDefault="004F4918" w:rsidP="004F4918">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4918">
+        <w:t>These fakes are often made with poor materials, can break easily, contain toxic chemicals, or pose choking hazards. Unlike genuine products, they rarely undergo testing for age-appropriateness, flammability, or durability, and often lack CE or UKCA marks.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A6B77EA" w14:textId="75E8A4F2" w:rsidR="004F4918" w:rsidRPr="004F4918" w:rsidRDefault="004F4918" w:rsidP="004F4918">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4918">
+        <w:t>Buy only from reputable stores and check labels for manufacturer details, safety warnings, and certification. If a deal seems too good to be true, it probably is.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05F5083C" w14:textId="5132A795" w:rsidR="004F4918" w:rsidRDefault="004F4918" w:rsidP="004F4918">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4918">
+        <w:t xml:space="preserve">Protect children by making informed choices. For concerns about goods or suppliers, email Trading Standards at </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="004F4918">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>B4009 Long Lane, Shaw</w:t>
+          <w:t>tsadvice@westberks.gov.uk</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00957A5E">
-[...47 lines deleted...]
-    <w:p w14:paraId="0407DB9E" w14:textId="66759F8C" w:rsidR="0077515E" w:rsidRDefault="0077515E" w:rsidP="0077515E">
+    </w:p>
+    <w:p w14:paraId="25F6DA9E" w14:textId="45E59A6A" w:rsidR="009D4066" w:rsidRDefault="009D4066" w:rsidP="009D4066">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
       </w:pPr>
       <w:r>
-        <w:t>A34 Northbound Closures</w:t>
-[...482 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:t>Stay Safe this Bonfire Night</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07CB62F6" w14:textId="77777777" w:rsidR="009D4066" w:rsidRPr="009D4066" w:rsidRDefault="009D4066" w:rsidP="009D4066">
+      <w:r w:rsidRPr="009D4066">
+        <w:t>As bonfire night approaches, Royal Berkshire Fire and Rescue Service is urging residents to stay safe when celebrating.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20A01C29" w14:textId="77777777" w:rsidR="009D4066" w:rsidRPr="009D4066" w:rsidRDefault="009D4066" w:rsidP="009D4066">
+      <w:r w:rsidRPr="009D4066">
+        <w:t>Follow these tips to help stay safe during Bonfire Night:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39650B7D" w14:textId="77777777" w:rsidR="009D4066" w:rsidRPr="009D4066" w:rsidRDefault="009D4066" w:rsidP="009D4066">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
-        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009D4066">
+        <w:t>Only buy fireworks with a UKCA or CE mark from reputable retailers</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="747695E5" w14:textId="77777777" w:rsidR="009D4066" w:rsidRPr="009D4066" w:rsidRDefault="009D4066" w:rsidP="009D4066">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D4066">
+        <w:t>Don’t set off fireworks when under the influence of alcohol</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04616A15" w14:textId="77777777" w:rsidR="009D4066" w:rsidRPr="009D4066" w:rsidRDefault="009D4066" w:rsidP="009D4066">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D4066">
+        <w:t>Never go near a firework that has been lit – even if it has gone off, it could still explode</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="282F4CB8" w14:textId="77777777" w:rsidR="009D4066" w:rsidRPr="009D4066" w:rsidRDefault="009D4066" w:rsidP="009D4066">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D4066">
+        <w:t>Never give sparklers to children under the age of five</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="399F0550" w14:textId="77777777" w:rsidR="009D4066" w:rsidRPr="009D4066" w:rsidRDefault="009D4066" w:rsidP="009D4066">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D4066">
+        <w:t>Be considerate to animals when letting off fireworks – let neighbours know in advance so they can care for pets</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="249B9911" w14:textId="77777777" w:rsidR="009D4066" w:rsidRPr="009D4066" w:rsidRDefault="009D4066" w:rsidP="009D4066">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D4066">
+        <w:t>Ensure firework displays are over by midnight (the cut off time by law)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="123495A4" w14:textId="4E315808" w:rsidR="009D4066" w:rsidRPr="009D4066" w:rsidRDefault="009D4066" w:rsidP="009D4066">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D4066">
+        <w:t>Once the firework debris has cooled down, tidy it up and soak in water overnight before putting it in a rubbish bag in the bin</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F889A53" w14:textId="77777777" w:rsidR="003B5F27" w:rsidRPr="003B5F27" w:rsidRDefault="003B5F27" w:rsidP="000C2599">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003B5F27">
+        <w:t>Current Consultations</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D4CF83B" w14:textId="499374A6" w:rsidR="005930B8" w:rsidRPr="005930B8" w:rsidRDefault="005930B8" w:rsidP="005930B8">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId16" w:history="1">
-        <w:r w:rsidRPr="00380D96">
+      <w:hyperlink r:id="rId13" w:tooltip="https://westberks.gov.uk/springfield-school-streets-consultation" w:history="1">
+        <w:r w:rsidRPr="00157464">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:color w:val="0563C1"/>
-[...2 lines deleted...]
-            <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>Springfield Primary School - School Streets Scheme</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00380D96">
+      <w:r w:rsidR="00157464">
         <w:rPr>
-          <w:color w:val="1A0DAC"/>
-[...1 lines deleted...]
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00380D96">
+        <w:t xml:space="preserve"> -</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>– Closes 2 December 2025</w:t>
-[...9 lines deleted...]
-        <w:textAlignment w:val="baseline"/>
+        <w:t xml:space="preserve"> Closes 2</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>nd</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:r w:rsidRPr="00380D96">
+        <w:t> December 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05E7FE10" w14:textId="55EBA172" w:rsidR="005930B8" w:rsidRPr="005930B8" w:rsidRDefault="005930B8" w:rsidP="005930B8">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId14" w:tooltip="https://westberks.gov.uk/springfield-school-streets-consultation" w:history="1">
+        <w:r w:rsidRPr="00157464">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:color w:val="0563C1"/>
-[...2 lines deleted...]
-            <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
-          <w:t xml:space="preserve">Extension of pedestrianisation hours for Newbury Town Centre from 10am-5pm to 10am-11pm </w:t>
+          <w:t>Health Visiting Service feedback survey (October 2025)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00380D96">
+      <w:r>
         <w:rPr>
-          <w:color w:val="1A0DAC"/>
-[...1 lines deleted...]
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00380D96">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00157464">
         <w:rPr>
-          <w:color w:val="000000"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>– Closes 19 November 2025</w:t>
-[...9 lines deleted...]
-        <w:textAlignment w:val="baseline"/>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-      </w:pPr>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00380D96">
+        <w:t>Closes 23</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:color w:val="1A0DAC"/>
-[...1 lines deleted...]
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>rd</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00380D96">
+        <w:t> November 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A74BA5B" w14:textId="275D4284" w:rsidR="005930B8" w:rsidRPr="005930B8" w:rsidRDefault="005930B8" w:rsidP="005930B8">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>– Closes 29 September 2025</w:t>
-[...9 lines deleted...]
-        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId15" w:tooltip="https://westberks.gov.uk/newbury-town-centre-pedestrianisation" w:history="1">
+        <w:r w:rsidRPr="00CD4921">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Extension of pedestrianisation hours for Newbury Town Centre from 10am-5pm to 10am-11pm</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-      </w:pPr>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00380D96">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD4921">
         <w:rPr>
-          <w:color w:val="1A0DAC"/>
-[...1 lines deleted...]
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00380D96">
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>– Closes 3 September 2025</w:t>
-[...9 lines deleted...]
-        <w:textAlignment w:val="baseline"/>
+        <w:t>Closes 19</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-      </w:pPr>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00380D96">
+        <w:t> November 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B3C7828" w14:textId="2E84B3A7" w:rsidR="005930B8" w:rsidRDefault="005930B8" w:rsidP="005930B8">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
         <w:rPr>
-          <w:color w:val="1A0DAC"/>
-[...1 lines deleted...]
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00380D96">
+      </w:pPr>
+      <w:hyperlink r:id="rId16" w:tooltip="https://westberks.gov.uk/newbury-town-centre-pedestrianisation" w:history="1">
+        <w:r w:rsidRPr="00CD4921">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Proposed Traffic Regulation Order: Thatcham 20mph speed limit</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00CD4921">
         <w:rPr>
-          <w:color w:val="000000"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>– Closes 3 September 2025</w:t>
-[...9 lines deleted...]
-        <w:textAlignment w:val="baseline"/>
+        <w:t xml:space="preserve"> -</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-      </w:pPr>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00380D96">
+        <w:t xml:space="preserve"> Closes 5</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:color w:val="1A0DAC"/>
-[...1 lines deleted...]
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00380D96">
+        <w:t> November 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7770BAD9" w14:textId="77777777" w:rsidR="003D160A" w:rsidRDefault="003D160A" w:rsidP="003D160A">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="283"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>– Closes 3 September 2025</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01AE1717" w14:textId="77777777" w:rsidR="003D160A" w:rsidRDefault="003D160A" w:rsidP="003D160A">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="0"/>
         </w:numPr>
-        <w:textAlignment w:val="baseline"/>
+        <w:ind w:left="567" w:hanging="283"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId22" w:history="1">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00380D96">
+    </w:p>
+    <w:p w14:paraId="5935C5E7" w14:textId="77777777" w:rsidR="003D160A" w:rsidRDefault="003D160A" w:rsidP="003D160A">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="283"/>
         <w:rPr>
-          <w:color w:val="1A0DAC"/>
-[...1 lines deleted...]
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00380D96">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="552C923D" w14:textId="77777777" w:rsidR="00665C39" w:rsidRDefault="00665C39" w:rsidP="003D160A">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="283"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>– Closes 31 August 2025</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1B6C1D94" w14:textId="769B307B" w:rsidR="00094B8B" w:rsidRDefault="00094B8B" w:rsidP="00CD776F">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F4C8E37" w14:textId="77777777" w:rsidR="00665C39" w:rsidRDefault="00665C39" w:rsidP="003D160A">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="283"/>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7255A7CD" w14:textId="77777777" w:rsidR="00665C39" w:rsidRDefault="00665C39" w:rsidP="003D160A">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="283"/>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11B89776" w14:textId="77777777" w:rsidR="00665C39" w:rsidRDefault="00665C39" w:rsidP="003D160A">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="283"/>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="558BA2F0" w14:textId="77777777" w:rsidR="00665C39" w:rsidRDefault="00665C39" w:rsidP="003D160A">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="283"/>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A1D3C70" w14:textId="77777777" w:rsidR="00665C39" w:rsidRDefault="00665C39" w:rsidP="003D160A">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="283"/>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="772AEBF3" w14:textId="77777777" w:rsidR="00665C39" w:rsidRDefault="00665C39" w:rsidP="003D160A">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="283"/>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6778FFFF" w14:textId="77777777" w:rsidR="00665C39" w:rsidRDefault="00665C39" w:rsidP="003D160A">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="283"/>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6817D568" w14:textId="77777777" w:rsidR="00665C39" w:rsidRDefault="00665C39" w:rsidP="003D160A">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="283"/>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F70A150" w14:textId="77777777" w:rsidR="00665C39" w:rsidRDefault="00665C39" w:rsidP="003D160A">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="283"/>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C49A85D" w14:textId="77777777" w:rsidR="00665C39" w:rsidRDefault="00665C39" w:rsidP="003D160A">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="283"/>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30ABE998" w14:textId="77777777" w:rsidR="00665C39" w:rsidRDefault="00665C39" w:rsidP="003D160A">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="283"/>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38A0ADBC" w14:textId="77777777" w:rsidR="00665C39" w:rsidRDefault="00665C39" w:rsidP="003D160A">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="283"/>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3978EAFB" w14:textId="77777777" w:rsidR="00665C39" w:rsidRDefault="00665C39" w:rsidP="003D160A">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="283"/>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74C74C76" w14:textId="77777777" w:rsidR="00665C39" w:rsidRDefault="00665C39" w:rsidP="003D160A">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="283"/>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08DD1946" w14:textId="77777777" w:rsidR="00665C39" w:rsidRDefault="00665C39" w:rsidP="003D160A">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="283"/>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E44EA5F" w14:textId="77777777" w:rsidR="00665C39" w:rsidRDefault="00665C39" w:rsidP="003D160A">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="283"/>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="558015F1" w14:textId="77777777" w:rsidR="00665C39" w:rsidRDefault="00665C39" w:rsidP="003D160A">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="283"/>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EA0AEFB" w14:textId="77777777" w:rsidR="00665C39" w:rsidRDefault="00665C39" w:rsidP="003D160A">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="283"/>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77E819A5" w14:textId="77777777" w:rsidR="00665C39" w:rsidRDefault="00665C39" w:rsidP="003D160A">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="283"/>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3402FF01" w14:textId="77777777" w:rsidR="00665C39" w:rsidRDefault="00665C39" w:rsidP="003D160A">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="283"/>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2ABE2FD0" w14:textId="77777777" w:rsidR="00665C39" w:rsidRDefault="00665C39" w:rsidP="003D160A">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="283"/>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B26015F" w14:textId="77777777" w:rsidR="00665C39" w:rsidRDefault="00665C39" w:rsidP="003D160A">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="283"/>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="014020A4" w14:textId="77777777" w:rsidR="00665C39" w:rsidRDefault="00665C39" w:rsidP="003D160A">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="283"/>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3048765A" w14:textId="77777777" w:rsidR="00665C39" w:rsidRDefault="00665C39" w:rsidP="003D160A">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="283"/>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4AC8F7ED" w14:textId="77777777" w:rsidR="00665C39" w:rsidRDefault="00665C39" w:rsidP="003D160A">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="283"/>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="076AEFBC" w14:textId="77777777" w:rsidR="00665C39" w:rsidRDefault="00665C39" w:rsidP="003D160A">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="283"/>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41CBB45A" w14:textId="78059957" w:rsidR="003D160A" w:rsidRDefault="003D160A" w:rsidP="003D160A">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="283"/>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Councillor Clive Hooker</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CB0C587" w14:textId="4CBD6926" w:rsidR="003D160A" w:rsidRDefault="003D160A" w:rsidP="003D160A">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="283"/>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Downlands Ward</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CD1DA48" w14:textId="42277BCE" w:rsidR="003D160A" w:rsidRDefault="00665C39" w:rsidP="003D160A">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="283"/>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>clive.hooker@westberks.gov.uk</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20617460" w14:textId="6C8A5DFD" w:rsidR="003D160A" w:rsidRPr="005930B8" w:rsidRDefault="003D160A" w:rsidP="003D160A">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="283"/>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>07798 920981</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DB77998" w14:textId="5EC2CDDC" w:rsidR="00094B8B" w:rsidRPr="00702D38" w:rsidRDefault="00094B8B" w:rsidP="003D160A">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-      </w:pPr>
-[...59 lines deleted...]
-      </w:r>
+        <w:jc w:val="both"/>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="2FEC1211" w14:textId="77777777" w:rsidR="00CA48DD" w:rsidRPr="00702D38" w:rsidRDefault="00CA48DD" w:rsidP="00CA48DD">
       <w:pPr>
         <w:pStyle w:val="Bulletlevel1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00CA48DD" w:rsidRPr="00702D38" w:rsidSect="00E732F5">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="993" w:right="1080" w:bottom="709" w:left="1080" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
@@ -1557,59 +1720,65 @@
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2CA04321"/>
+    <w:nsid w:val="045F66DD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="F62EEF88"/>
+    <w:tmpl w:val="0F020898"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
@@ -1765,53 +1934,342 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="32646105"/>
+    <w:nsid w:val="34A96629"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="845C5B82"/>
+    <w:lvl w:ilvl="0" w:tplc="1E54EC32">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="Bulletlevel1"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="36692AB4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FE8627B6"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5D775DB3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C7721EAC"/>
+    <w:lvl w:ilvl="0" w:tplc="A1141EAE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7BDD21AF"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="A8C4F426"/>
+    <w:tmpl w:val="BC36075C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -1913,880 +2371,597 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-[...287 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1832677683">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1089690354">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="782000219">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1519008400">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1751852194">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="228813506">
     <w:abstractNumId w:val="5"/>
-  </w:num>
-[...4 lines deleted...]
-    <w:abstractNumId w:val="0"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="1"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1021" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0033616F"/>
     <w:rsid w:val="0000053A"/>
     <w:rsid w:val="000021C6"/>
     <w:rsid w:val="000059EB"/>
     <w:rsid w:val="0001072E"/>
     <w:rsid w:val="00014D3E"/>
     <w:rsid w:val="00021CE6"/>
     <w:rsid w:val="000279B9"/>
     <w:rsid w:val="000312B7"/>
     <w:rsid w:val="0003485D"/>
     <w:rsid w:val="0003585C"/>
     <w:rsid w:val="00036116"/>
-    <w:rsid w:val="00037648"/>
     <w:rsid w:val="00060085"/>
-    <w:rsid w:val="0006129A"/>
     <w:rsid w:val="000710CC"/>
     <w:rsid w:val="00071C6A"/>
     <w:rsid w:val="00073965"/>
     <w:rsid w:val="00080F1F"/>
     <w:rsid w:val="00083C8B"/>
     <w:rsid w:val="00084C0D"/>
     <w:rsid w:val="00092BDB"/>
     <w:rsid w:val="00093681"/>
     <w:rsid w:val="00094B8B"/>
     <w:rsid w:val="000A24FD"/>
     <w:rsid w:val="000B0E30"/>
     <w:rsid w:val="000C2599"/>
     <w:rsid w:val="000D06B6"/>
     <w:rsid w:val="000F0737"/>
     <w:rsid w:val="000F08CD"/>
     <w:rsid w:val="000F7008"/>
     <w:rsid w:val="000F7F7D"/>
     <w:rsid w:val="00112464"/>
     <w:rsid w:val="00123DF6"/>
     <w:rsid w:val="001257AA"/>
     <w:rsid w:val="001261A0"/>
     <w:rsid w:val="00132007"/>
     <w:rsid w:val="001378E1"/>
     <w:rsid w:val="00142046"/>
     <w:rsid w:val="001438E5"/>
-    <w:rsid w:val="00151D42"/>
     <w:rsid w:val="001524F5"/>
     <w:rsid w:val="00154797"/>
+    <w:rsid w:val="00157464"/>
     <w:rsid w:val="001615A6"/>
     <w:rsid w:val="0016296E"/>
     <w:rsid w:val="00165DB4"/>
     <w:rsid w:val="00166D92"/>
     <w:rsid w:val="00173F6B"/>
     <w:rsid w:val="00174E25"/>
     <w:rsid w:val="001857C6"/>
     <w:rsid w:val="00187039"/>
     <w:rsid w:val="001900FE"/>
     <w:rsid w:val="001A0D89"/>
     <w:rsid w:val="001A2043"/>
     <w:rsid w:val="001A7C62"/>
+    <w:rsid w:val="001B1CF3"/>
     <w:rsid w:val="001B4E39"/>
     <w:rsid w:val="001B76BA"/>
     <w:rsid w:val="001C25AE"/>
     <w:rsid w:val="001D4480"/>
     <w:rsid w:val="001E3616"/>
     <w:rsid w:val="001E4B27"/>
-    <w:rsid w:val="001F068F"/>
     <w:rsid w:val="001F66C8"/>
     <w:rsid w:val="00202D35"/>
     <w:rsid w:val="00204F9F"/>
     <w:rsid w:val="00211EAF"/>
     <w:rsid w:val="002161AE"/>
     <w:rsid w:val="00225360"/>
     <w:rsid w:val="002278E8"/>
-    <w:rsid w:val="00237A7E"/>
     <w:rsid w:val="002418A0"/>
     <w:rsid w:val="002454D6"/>
     <w:rsid w:val="00246059"/>
-    <w:rsid w:val="00255040"/>
     <w:rsid w:val="002866D1"/>
     <w:rsid w:val="0029104E"/>
     <w:rsid w:val="00291253"/>
     <w:rsid w:val="002917B4"/>
     <w:rsid w:val="00293887"/>
     <w:rsid w:val="002A1F17"/>
     <w:rsid w:val="002A2B4A"/>
     <w:rsid w:val="002A2CBC"/>
     <w:rsid w:val="002A5149"/>
-    <w:rsid w:val="002B6330"/>
+    <w:rsid w:val="002B1355"/>
     <w:rsid w:val="002B6E67"/>
     <w:rsid w:val="002D0F46"/>
     <w:rsid w:val="002E1E9C"/>
-    <w:rsid w:val="002E1F4A"/>
-    <w:rsid w:val="002E4CE6"/>
     <w:rsid w:val="002F37EE"/>
     <w:rsid w:val="002F6F33"/>
     <w:rsid w:val="00304A21"/>
     <w:rsid w:val="00311A89"/>
     <w:rsid w:val="00315B0B"/>
     <w:rsid w:val="00316D93"/>
     <w:rsid w:val="00320FA5"/>
     <w:rsid w:val="003268C6"/>
     <w:rsid w:val="00327BF2"/>
     <w:rsid w:val="0033616F"/>
     <w:rsid w:val="00341DEF"/>
-    <w:rsid w:val="00345253"/>
+    <w:rsid w:val="00345207"/>
     <w:rsid w:val="00351943"/>
     <w:rsid w:val="00351BB1"/>
     <w:rsid w:val="003528CB"/>
     <w:rsid w:val="00353755"/>
     <w:rsid w:val="0035695B"/>
-    <w:rsid w:val="003575EC"/>
     <w:rsid w:val="00360D15"/>
     <w:rsid w:val="00364E18"/>
     <w:rsid w:val="00365F02"/>
     <w:rsid w:val="00376477"/>
-    <w:rsid w:val="00380D96"/>
     <w:rsid w:val="00380EAF"/>
     <w:rsid w:val="00382300"/>
     <w:rsid w:val="00385A71"/>
     <w:rsid w:val="00390F38"/>
     <w:rsid w:val="00395435"/>
     <w:rsid w:val="003A24B3"/>
     <w:rsid w:val="003A7EAB"/>
     <w:rsid w:val="003B2825"/>
     <w:rsid w:val="003B5F27"/>
     <w:rsid w:val="003B6777"/>
     <w:rsid w:val="003B6B50"/>
+    <w:rsid w:val="003B6C71"/>
     <w:rsid w:val="003B6EDD"/>
     <w:rsid w:val="003C273F"/>
     <w:rsid w:val="003C54C6"/>
     <w:rsid w:val="003C69E3"/>
     <w:rsid w:val="003D0EEA"/>
+    <w:rsid w:val="003D160A"/>
     <w:rsid w:val="003D5281"/>
     <w:rsid w:val="003D7DDB"/>
+    <w:rsid w:val="003E4ABF"/>
     <w:rsid w:val="003E61C8"/>
     <w:rsid w:val="003E6305"/>
     <w:rsid w:val="003F02F6"/>
-    <w:rsid w:val="003F08C9"/>
     <w:rsid w:val="003F0BCF"/>
     <w:rsid w:val="003F1DA3"/>
     <w:rsid w:val="003F3372"/>
     <w:rsid w:val="003F4311"/>
+    <w:rsid w:val="004124D3"/>
     <w:rsid w:val="004155A6"/>
     <w:rsid w:val="00422EA3"/>
     <w:rsid w:val="0042556A"/>
     <w:rsid w:val="0042667B"/>
     <w:rsid w:val="0043639D"/>
     <w:rsid w:val="00450F87"/>
     <w:rsid w:val="00452403"/>
     <w:rsid w:val="004538E5"/>
-    <w:rsid w:val="00454F2D"/>
     <w:rsid w:val="0046311D"/>
     <w:rsid w:val="00467A3B"/>
     <w:rsid w:val="004755B5"/>
     <w:rsid w:val="0047648E"/>
     <w:rsid w:val="00477909"/>
     <w:rsid w:val="004850E1"/>
     <w:rsid w:val="00492EF9"/>
+    <w:rsid w:val="004975D9"/>
     <w:rsid w:val="004A554F"/>
     <w:rsid w:val="004B0806"/>
+    <w:rsid w:val="004B519D"/>
     <w:rsid w:val="004C059F"/>
+    <w:rsid w:val="004C5A40"/>
     <w:rsid w:val="004D3A98"/>
     <w:rsid w:val="004D4AE1"/>
     <w:rsid w:val="004E49D1"/>
     <w:rsid w:val="004F0146"/>
+    <w:rsid w:val="004F4918"/>
     <w:rsid w:val="00502866"/>
     <w:rsid w:val="00505391"/>
     <w:rsid w:val="00511650"/>
     <w:rsid w:val="00514080"/>
     <w:rsid w:val="00517F56"/>
     <w:rsid w:val="0052459C"/>
     <w:rsid w:val="005258AA"/>
-    <w:rsid w:val="00525EC9"/>
     <w:rsid w:val="00526BF0"/>
     <w:rsid w:val="0052750E"/>
     <w:rsid w:val="005310A9"/>
     <w:rsid w:val="00533546"/>
     <w:rsid w:val="00533E87"/>
     <w:rsid w:val="00535D43"/>
     <w:rsid w:val="00536CB6"/>
     <w:rsid w:val="005459DB"/>
     <w:rsid w:val="00553DBB"/>
     <w:rsid w:val="00553FA5"/>
     <w:rsid w:val="00563404"/>
     <w:rsid w:val="00565EF7"/>
     <w:rsid w:val="005755B0"/>
+    <w:rsid w:val="005815E4"/>
     <w:rsid w:val="005858C2"/>
     <w:rsid w:val="00587682"/>
     <w:rsid w:val="00592C19"/>
+    <w:rsid w:val="005930B8"/>
     <w:rsid w:val="00595AD9"/>
     <w:rsid w:val="00596B3F"/>
     <w:rsid w:val="005A124E"/>
     <w:rsid w:val="005A2709"/>
     <w:rsid w:val="005A3A8F"/>
     <w:rsid w:val="005A4F09"/>
     <w:rsid w:val="005A56A1"/>
-    <w:rsid w:val="005A5FF4"/>
     <w:rsid w:val="005B6543"/>
     <w:rsid w:val="005C528C"/>
     <w:rsid w:val="005C57E2"/>
     <w:rsid w:val="005D1779"/>
     <w:rsid w:val="005D2258"/>
-    <w:rsid w:val="005E27DD"/>
     <w:rsid w:val="005E5D99"/>
     <w:rsid w:val="005F2427"/>
     <w:rsid w:val="005F269D"/>
     <w:rsid w:val="005F73B7"/>
     <w:rsid w:val="00603773"/>
+    <w:rsid w:val="00606D08"/>
     <w:rsid w:val="00607CDE"/>
     <w:rsid w:val="0061594E"/>
     <w:rsid w:val="00616DD4"/>
     <w:rsid w:val="0062081C"/>
     <w:rsid w:val="00640547"/>
     <w:rsid w:val="00642575"/>
     <w:rsid w:val="0064596D"/>
     <w:rsid w:val="00645F36"/>
-    <w:rsid w:val="00647C4D"/>
     <w:rsid w:val="006535A3"/>
     <w:rsid w:val="006563A3"/>
     <w:rsid w:val="006619E3"/>
     <w:rsid w:val="00664734"/>
+    <w:rsid w:val="00665C39"/>
     <w:rsid w:val="0067221A"/>
     <w:rsid w:val="00672248"/>
     <w:rsid w:val="00672D78"/>
-    <w:rsid w:val="00676BFE"/>
     <w:rsid w:val="00684565"/>
     <w:rsid w:val="00687A9D"/>
     <w:rsid w:val="00692C07"/>
     <w:rsid w:val="00694139"/>
     <w:rsid w:val="006A0043"/>
     <w:rsid w:val="006A0EAD"/>
     <w:rsid w:val="006A1E8A"/>
     <w:rsid w:val="006A4638"/>
     <w:rsid w:val="006A58DB"/>
     <w:rsid w:val="006A610B"/>
     <w:rsid w:val="006B20E0"/>
     <w:rsid w:val="006B5DFF"/>
     <w:rsid w:val="006C69D1"/>
-    <w:rsid w:val="006E5828"/>
     <w:rsid w:val="006F7788"/>
     <w:rsid w:val="00702D38"/>
     <w:rsid w:val="007048C6"/>
     <w:rsid w:val="00710E3F"/>
     <w:rsid w:val="0071190B"/>
     <w:rsid w:val="00711FEB"/>
     <w:rsid w:val="00715E69"/>
+    <w:rsid w:val="0072083B"/>
     <w:rsid w:val="00727F77"/>
     <w:rsid w:val="00736CD9"/>
     <w:rsid w:val="007372A9"/>
     <w:rsid w:val="00752A13"/>
     <w:rsid w:val="00756F1B"/>
     <w:rsid w:val="007603E5"/>
     <w:rsid w:val="00760731"/>
     <w:rsid w:val="00761C29"/>
     <w:rsid w:val="00763583"/>
-    <w:rsid w:val="0077515E"/>
-    <w:rsid w:val="00783D80"/>
     <w:rsid w:val="00787F32"/>
     <w:rsid w:val="00790E18"/>
     <w:rsid w:val="00792E71"/>
     <w:rsid w:val="007947FF"/>
+    <w:rsid w:val="00797495"/>
     <w:rsid w:val="007A5208"/>
     <w:rsid w:val="007A57E5"/>
     <w:rsid w:val="007B24C6"/>
     <w:rsid w:val="007B3519"/>
     <w:rsid w:val="007B3884"/>
     <w:rsid w:val="007B44A9"/>
     <w:rsid w:val="007B5180"/>
     <w:rsid w:val="007C0CF7"/>
     <w:rsid w:val="007C4550"/>
     <w:rsid w:val="007D16EE"/>
     <w:rsid w:val="007D2FE0"/>
     <w:rsid w:val="007D5FFB"/>
     <w:rsid w:val="007D6DB7"/>
     <w:rsid w:val="007E3F82"/>
+    <w:rsid w:val="007E72F4"/>
     <w:rsid w:val="007F2947"/>
     <w:rsid w:val="007F2FC5"/>
     <w:rsid w:val="007F6049"/>
     <w:rsid w:val="007F625D"/>
     <w:rsid w:val="00807E65"/>
     <w:rsid w:val="00827F7F"/>
     <w:rsid w:val="00830447"/>
     <w:rsid w:val="00831E81"/>
-    <w:rsid w:val="00832A9A"/>
     <w:rsid w:val="008335DF"/>
-    <w:rsid w:val="00841675"/>
+    <w:rsid w:val="00862BDF"/>
     <w:rsid w:val="00863445"/>
     <w:rsid w:val="008635B2"/>
     <w:rsid w:val="00873709"/>
     <w:rsid w:val="0088063A"/>
     <w:rsid w:val="00880871"/>
     <w:rsid w:val="00881F87"/>
     <w:rsid w:val="008934F1"/>
     <w:rsid w:val="00895814"/>
     <w:rsid w:val="008A42B6"/>
+    <w:rsid w:val="008A44BA"/>
     <w:rsid w:val="008B064F"/>
     <w:rsid w:val="008B53A1"/>
     <w:rsid w:val="008C3779"/>
     <w:rsid w:val="008C4E1C"/>
-    <w:rsid w:val="008D2A04"/>
     <w:rsid w:val="00900132"/>
-    <w:rsid w:val="00902E09"/>
     <w:rsid w:val="00907E10"/>
+    <w:rsid w:val="009158B5"/>
+    <w:rsid w:val="00921DFE"/>
     <w:rsid w:val="009234CD"/>
     <w:rsid w:val="00937335"/>
     <w:rsid w:val="00945F29"/>
     <w:rsid w:val="009504E9"/>
     <w:rsid w:val="00950B34"/>
     <w:rsid w:val="009542B6"/>
-    <w:rsid w:val="00956EEA"/>
-    <w:rsid w:val="00957A5E"/>
+    <w:rsid w:val="00955140"/>
     <w:rsid w:val="00964FA4"/>
     <w:rsid w:val="009751A9"/>
     <w:rsid w:val="00975B48"/>
     <w:rsid w:val="009771F5"/>
-    <w:rsid w:val="00982B37"/>
     <w:rsid w:val="0099038C"/>
     <w:rsid w:val="00994B13"/>
     <w:rsid w:val="009A00A4"/>
     <w:rsid w:val="009A05B0"/>
     <w:rsid w:val="009A41AD"/>
     <w:rsid w:val="009A5E75"/>
     <w:rsid w:val="009A6C50"/>
+    <w:rsid w:val="009B4EE6"/>
     <w:rsid w:val="009C7F26"/>
     <w:rsid w:val="009D3681"/>
+    <w:rsid w:val="009D4066"/>
     <w:rsid w:val="009E48C2"/>
     <w:rsid w:val="009E4C24"/>
     <w:rsid w:val="009E67FD"/>
+    <w:rsid w:val="00A021FC"/>
     <w:rsid w:val="00A11315"/>
     <w:rsid w:val="00A118E4"/>
     <w:rsid w:val="00A15472"/>
     <w:rsid w:val="00A161E6"/>
+    <w:rsid w:val="00A20883"/>
     <w:rsid w:val="00A229E1"/>
     <w:rsid w:val="00A2487B"/>
     <w:rsid w:val="00A25A4E"/>
     <w:rsid w:val="00A262C2"/>
     <w:rsid w:val="00A35935"/>
     <w:rsid w:val="00A4094C"/>
     <w:rsid w:val="00A43D15"/>
     <w:rsid w:val="00A52AB7"/>
+    <w:rsid w:val="00A61404"/>
     <w:rsid w:val="00A64974"/>
     <w:rsid w:val="00A72150"/>
     <w:rsid w:val="00A80873"/>
     <w:rsid w:val="00A8116E"/>
     <w:rsid w:val="00A91623"/>
     <w:rsid w:val="00A92922"/>
     <w:rsid w:val="00A92C38"/>
+    <w:rsid w:val="00A934A3"/>
     <w:rsid w:val="00AB54C7"/>
     <w:rsid w:val="00AC274C"/>
     <w:rsid w:val="00AC768A"/>
     <w:rsid w:val="00AD3531"/>
     <w:rsid w:val="00AE0570"/>
-    <w:rsid w:val="00AE0DDB"/>
     <w:rsid w:val="00AE149D"/>
     <w:rsid w:val="00AF027D"/>
     <w:rsid w:val="00AF4017"/>
     <w:rsid w:val="00AF51DB"/>
     <w:rsid w:val="00AF7678"/>
     <w:rsid w:val="00B00E74"/>
     <w:rsid w:val="00B07DD7"/>
+    <w:rsid w:val="00B1308C"/>
     <w:rsid w:val="00B26916"/>
+    <w:rsid w:val="00B27A23"/>
     <w:rsid w:val="00B3386D"/>
     <w:rsid w:val="00B34A7D"/>
     <w:rsid w:val="00B4348F"/>
+    <w:rsid w:val="00B44967"/>
     <w:rsid w:val="00B44F0C"/>
     <w:rsid w:val="00B4565A"/>
     <w:rsid w:val="00B51E4D"/>
     <w:rsid w:val="00B53023"/>
+    <w:rsid w:val="00B61009"/>
     <w:rsid w:val="00B627B9"/>
-    <w:rsid w:val="00B67F17"/>
+    <w:rsid w:val="00B7205C"/>
     <w:rsid w:val="00B92F5B"/>
     <w:rsid w:val="00B9529F"/>
     <w:rsid w:val="00BA026E"/>
     <w:rsid w:val="00BA669E"/>
     <w:rsid w:val="00BA6C18"/>
     <w:rsid w:val="00BB6015"/>
     <w:rsid w:val="00BB775A"/>
     <w:rsid w:val="00BB79E6"/>
     <w:rsid w:val="00BC15F7"/>
     <w:rsid w:val="00BC45B4"/>
     <w:rsid w:val="00BC5A68"/>
     <w:rsid w:val="00BC5AEE"/>
     <w:rsid w:val="00BD22CF"/>
     <w:rsid w:val="00BE049B"/>
-    <w:rsid w:val="00BF3241"/>
+    <w:rsid w:val="00BE15DD"/>
+    <w:rsid w:val="00BF6032"/>
+    <w:rsid w:val="00C03848"/>
     <w:rsid w:val="00C05389"/>
     <w:rsid w:val="00C15E34"/>
     <w:rsid w:val="00C316E8"/>
     <w:rsid w:val="00C356C3"/>
     <w:rsid w:val="00C35D9A"/>
+    <w:rsid w:val="00C403B7"/>
     <w:rsid w:val="00C419CB"/>
     <w:rsid w:val="00C430F3"/>
     <w:rsid w:val="00C51F2B"/>
     <w:rsid w:val="00C6238B"/>
     <w:rsid w:val="00C64E2E"/>
     <w:rsid w:val="00C80F8A"/>
     <w:rsid w:val="00C82394"/>
     <w:rsid w:val="00C87EF3"/>
     <w:rsid w:val="00C9011E"/>
+    <w:rsid w:val="00C932F0"/>
     <w:rsid w:val="00CA45F0"/>
     <w:rsid w:val="00CA48DD"/>
     <w:rsid w:val="00CA5A95"/>
     <w:rsid w:val="00CB49CD"/>
     <w:rsid w:val="00CB783C"/>
     <w:rsid w:val="00CC3213"/>
-    <w:rsid w:val="00CC6F13"/>
-    <w:rsid w:val="00CD776F"/>
+    <w:rsid w:val="00CD4921"/>
     <w:rsid w:val="00CE0617"/>
     <w:rsid w:val="00CE40F4"/>
     <w:rsid w:val="00CF3284"/>
     <w:rsid w:val="00CF3C31"/>
     <w:rsid w:val="00CF3C92"/>
+    <w:rsid w:val="00CF743D"/>
     <w:rsid w:val="00D12167"/>
     <w:rsid w:val="00D12B4F"/>
     <w:rsid w:val="00D15A51"/>
     <w:rsid w:val="00D16C18"/>
     <w:rsid w:val="00D21F14"/>
     <w:rsid w:val="00D26E68"/>
     <w:rsid w:val="00D34D33"/>
     <w:rsid w:val="00D3781A"/>
     <w:rsid w:val="00D446AF"/>
     <w:rsid w:val="00D45624"/>
     <w:rsid w:val="00D60947"/>
     <w:rsid w:val="00D60CD6"/>
     <w:rsid w:val="00D72DF3"/>
     <w:rsid w:val="00D73DC7"/>
     <w:rsid w:val="00D74B59"/>
     <w:rsid w:val="00D74F84"/>
     <w:rsid w:val="00D7633F"/>
     <w:rsid w:val="00D8287F"/>
     <w:rsid w:val="00D86ED1"/>
     <w:rsid w:val="00D9385E"/>
     <w:rsid w:val="00D93DE1"/>
     <w:rsid w:val="00D957C3"/>
     <w:rsid w:val="00D96426"/>
+    <w:rsid w:val="00DA07B3"/>
     <w:rsid w:val="00DA0AE5"/>
     <w:rsid w:val="00DA305F"/>
     <w:rsid w:val="00DA58E9"/>
     <w:rsid w:val="00DB2B7E"/>
     <w:rsid w:val="00DD259D"/>
     <w:rsid w:val="00DD35A9"/>
     <w:rsid w:val="00DD59D0"/>
     <w:rsid w:val="00DD6770"/>
     <w:rsid w:val="00DD6E80"/>
     <w:rsid w:val="00DE3156"/>
     <w:rsid w:val="00DE33AC"/>
     <w:rsid w:val="00DE33E1"/>
     <w:rsid w:val="00DE4D05"/>
     <w:rsid w:val="00DE7B51"/>
     <w:rsid w:val="00DE7BB7"/>
     <w:rsid w:val="00DF63F8"/>
+    <w:rsid w:val="00DF6A73"/>
     <w:rsid w:val="00E00F80"/>
     <w:rsid w:val="00E02FED"/>
     <w:rsid w:val="00E041CC"/>
     <w:rsid w:val="00E0473F"/>
     <w:rsid w:val="00E059C8"/>
     <w:rsid w:val="00E134DD"/>
     <w:rsid w:val="00E24C54"/>
     <w:rsid w:val="00E25524"/>
     <w:rsid w:val="00E2777C"/>
     <w:rsid w:val="00E3193E"/>
     <w:rsid w:val="00E32D9B"/>
     <w:rsid w:val="00E33EA8"/>
     <w:rsid w:val="00E36454"/>
     <w:rsid w:val="00E451E0"/>
-    <w:rsid w:val="00E46839"/>
     <w:rsid w:val="00E54076"/>
     <w:rsid w:val="00E569B2"/>
-    <w:rsid w:val="00E575DE"/>
     <w:rsid w:val="00E6125F"/>
     <w:rsid w:val="00E63622"/>
     <w:rsid w:val="00E6671F"/>
     <w:rsid w:val="00E732F5"/>
     <w:rsid w:val="00E7447A"/>
     <w:rsid w:val="00E83C6B"/>
     <w:rsid w:val="00E869AE"/>
     <w:rsid w:val="00E93275"/>
-    <w:rsid w:val="00EA23BF"/>
     <w:rsid w:val="00EA2BB7"/>
     <w:rsid w:val="00EA7316"/>
     <w:rsid w:val="00EB5208"/>
     <w:rsid w:val="00EB59E0"/>
     <w:rsid w:val="00EC1F9D"/>
     <w:rsid w:val="00EC6D84"/>
     <w:rsid w:val="00ED27FE"/>
     <w:rsid w:val="00ED71B4"/>
     <w:rsid w:val="00ED788B"/>
     <w:rsid w:val="00EE5B20"/>
     <w:rsid w:val="00EE756F"/>
     <w:rsid w:val="00EF374D"/>
     <w:rsid w:val="00F10B09"/>
     <w:rsid w:val="00F140DC"/>
     <w:rsid w:val="00F15498"/>
     <w:rsid w:val="00F228E3"/>
-    <w:rsid w:val="00F3057D"/>
     <w:rsid w:val="00F40A79"/>
     <w:rsid w:val="00F42B8D"/>
     <w:rsid w:val="00F46AC6"/>
     <w:rsid w:val="00F505AC"/>
     <w:rsid w:val="00F54298"/>
     <w:rsid w:val="00F560F5"/>
     <w:rsid w:val="00F57186"/>
-    <w:rsid w:val="00F65A0C"/>
+    <w:rsid w:val="00F67352"/>
     <w:rsid w:val="00F735F2"/>
     <w:rsid w:val="00F74E30"/>
     <w:rsid w:val="00F87EE1"/>
     <w:rsid w:val="00F95288"/>
+    <w:rsid w:val="00F97063"/>
     <w:rsid w:val="00FA0A63"/>
     <w:rsid w:val="00FA1E87"/>
     <w:rsid w:val="00FA5383"/>
     <w:rsid w:val="00FC473E"/>
     <w:rsid w:val="00FC6560"/>
     <w:rsid w:val="00FF687B"/>
     <w:rsid w:val="00FF74E3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
@@ -6115,51 +6290,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2135442763">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:environment@westberks.gov.uk" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://news.info.westberks.gov.uk/9E42F0358C293DC2596796F753ACA408182534C2491737B6E70751CBBBC10404/4541330587ADCC8B4067D62067941720/LE35" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://westberks.gov.uk/thatcham-pspo-review" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://westberks.gov.uk/sulhamstead-hill-30" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://news.info.westberks.gov.uk/313A748C70D702424B8C8DB45728A3251D7411AAAAAB804C59BB8D68AF991CAD/4541330587ADCC8B4067D62067941720/LE35" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://westberks.gov.uk/newbury-town-centre-pedestrianisation" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://westberks.gov.uk/springfield-school-streets-consultation" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://westberks.gov.uk/a339-newtown-road-40" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://news.info.westberks.gov.uk/C26D89C2A47352DE48F9BF18D2A400AB9DA2807C95E024358CAAB34EAB5D49CB/4541330587ADCC8B4067D62067941720/LE35" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://news.info.westberks.gov.uk/CE4AF4F58C8199437D3F8278D219B0AFC782C9F416D80EE09AC4FB595F0D67B7/4541330587ADCC8B4067D62067941720/LE35" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:clive.hooker@westberks.gov.uk" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://news.info.westberks.gov.uk/96FD6C0C290AF364248FA60CCCFB5AD271D53179707951E319D9C583E16F1FEA/4541330587ADCC8B4067D62067941720/LE35" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://westberks.gov.uk/oxford-road-30" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://news.info.westberks.gov.uk/B8ADE1C64E6C457C68539BEF2597137EC19F916928B12DD01E109BC75717B034/4541330587ADCC8B4067D62067941720/LE35" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://westberks.gov.uk/wb-bus-survey-2025" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://westberks.gov.uk/springfield-school-streets-consultation" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://decisionmaking.westberks.gov.uk/ieListMeetings.aspx?CId=116&amp;Year=0" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tsadvice@westberks.gov.uk" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.westberks.gov.uk/thatcham-20" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://news.info.westberks.gov.uk/E62F4D427BAA16E7D5D2D41D83758D0A80C3B712C8A523E462F95E786B3921A7/4541330587ADCC8B4067D62067941720/LE35" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://westberks.gov.uk/newbury-town-centre-pedestrianisation" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://news.info.westberks.gov.uk/4663A78CF41A0FFF23C0FEE88E7B4760A3D42C1A69956A121E383A86B5C05A1E/4541330587ADCC8B4067D62067941720/LE35" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.westberks.gov.uk/health-visiting-service-feedback-survey" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -6399,71 +6574,71 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FCE6E748-9EB0-4584-9567-994286D6F4E5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>10081</Characters>
+  <Pages>4</Pages>
+  <Words>1323</Words>
+  <Characters>7544</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>84</Lines>
-  <Paragraphs>23</Paragraphs>
+  <Lines>62</Lines>
+  <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>West Berkshire Council</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11826</CharactersWithSpaces>
+  <CharactersWithSpaces>8850</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Graham Bridgman</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>