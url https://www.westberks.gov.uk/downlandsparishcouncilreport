--- v1 (2025-12-07)
+++ v2 (2026-02-04)
@@ -61,1649 +61,1673 @@
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6188710" cy="1092200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C78CB35" w14:textId="6E874F95" w:rsidR="00F95288" w:rsidRDefault="00F95288" w:rsidP="00F95288">
+    <w:p w14:paraId="0C78CB35" w14:textId="68201ACC" w:rsidR="00F95288" w:rsidRDefault="00F95288" w:rsidP="00F95288">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Council Report for </w:t>
       </w:r>
-      <w:r w:rsidR="009B4EE6">
-        <w:t>October</w:t>
+      <w:r w:rsidR="005227AB">
+        <w:t>January</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 202</w:t>
       </w:r>
-      <w:r w:rsidR="006F7788">
-        <w:t>5</w:t>
+      <w:r w:rsidR="008B40A5">
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="111859FE" w14:textId="77777777" w:rsidR="00F95288" w:rsidRDefault="00F95288" w:rsidP="00F95288">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>Written by your local Conservative team to keep you up to date.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15E44C9B" w14:textId="0DF7170A" w:rsidR="00AE0570" w:rsidRPr="00AE0570" w:rsidRDefault="00AE0570" w:rsidP="00AE0570">
+    <w:p w14:paraId="15E44C9B" w14:textId="70088084" w:rsidR="00AE0570" w:rsidRPr="00AE0570" w:rsidRDefault="00AE0570" w:rsidP="00251649">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
-        <w:t>C</w:t>
-[...2 lines deleted...]
-        <w:t>ouncillor Clive Hooker</w:t>
+        <w:t xml:space="preserve">Cllr </w:t>
+      </w:r>
+      <w:r w:rsidR="00251649">
+        <w:t>Clive Hooker</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00955140">
+      <w:r w:rsidR="00251649">
         <w:t xml:space="preserve">Downlands </w:t>
       </w:r>
       <w:r>
         <w:t>Ward</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F8899CA" w14:textId="77777777" w:rsidR="003B5F27" w:rsidRPr="003B5F27" w:rsidRDefault="003B5F27" w:rsidP="00154797">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="003B5F27">
         <w:t>West Berkshire Council</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F8899CB" w14:textId="77777777" w:rsidR="003B5F27" w:rsidRPr="003B5F27" w:rsidRDefault="003B5F27" w:rsidP="003B5F27">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r w:rsidRPr="003B5F27">
         <w:t>Council</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C6E2EE0" w14:textId="3B4302C3" w:rsidR="001438E5" w:rsidRDefault="00C05389" w:rsidP="001438E5">
+    <w:p w14:paraId="3C6E2EE0" w14:textId="12B02D68" w:rsidR="001438E5" w:rsidRDefault="00C05389" w:rsidP="001438E5">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
         <w:t>Council</w:t>
       </w:r>
       <w:r w:rsidRPr="003B5F27">
         <w:t xml:space="preserve"> met on </w:t>
       </w:r>
-      <w:r w:rsidR="00B27A23">
-        <w:t>16 October</w:t>
+      <w:r w:rsidR="00F7214A">
+        <w:t>29 January</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001438E5">
         <w:t>to discuss</w:t>
       </w:r>
       <w:r w:rsidR="001438E5" w:rsidRPr="003B5F27">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65E86B45" w14:textId="77777777" w:rsidR="00B61009" w:rsidRDefault="00B61009" w:rsidP="008A44BA">
+    <w:p w14:paraId="65408CAB" w14:textId="77777777" w:rsidR="00AE6CE3" w:rsidRDefault="00AE6CE3" w:rsidP="00AE6CE3">
       <w:pPr>
         <w:pStyle w:val="Bulletlevel1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="6"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B61009">
-[...15 lines deleted...]
-    <w:p w14:paraId="54BC9ACE" w14:textId="3CFD8BC9" w:rsidR="00C05389" w:rsidRPr="003B5F27" w:rsidRDefault="00C05389" w:rsidP="00094B8B">
+      <w:r w:rsidRPr="00AE6CE3">
+        <w:t>Requisition to the Chairman of Council</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54BC9ACE" w14:textId="05DC088C" w:rsidR="00C05389" w:rsidRPr="003B5F27" w:rsidRDefault="00C05389" w:rsidP="00094B8B">
       <w:pPr>
         <w:pStyle w:val="Bulletlevel1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="003B5F27">
         <w:t xml:space="preserve">Papers and a recording of the meeting can be found </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
         <w:r w:rsidRPr="003B5F27">
           <w:rPr>
             <w:color w:val="008855"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003B5F27">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F8899D3" w14:textId="6F6CEE72" w:rsidR="00A262C2" w:rsidRDefault="00A262C2" w:rsidP="00A262C2">
+    <w:p w14:paraId="6F8899D3" w14:textId="6CF4E987" w:rsidR="00A262C2" w:rsidRDefault="00A262C2" w:rsidP="00A262C2">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="003B5F27">
         <w:t xml:space="preserve">The next meeting is on </w:t>
       </w:r>
-      <w:r w:rsidR="001B1CF3">
-        <w:t>4 and 27 November</w:t>
+      <w:r w:rsidR="00A32C07">
+        <w:t>26 February</w:t>
       </w:r>
       <w:r w:rsidRPr="003B5F27">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F8899D4" w14:textId="77777777" w:rsidR="00A262C2" w:rsidRDefault="00A262C2" w:rsidP="00A262C2">
+    <w:p w14:paraId="2B58BBD6" w14:textId="0EFE1850" w:rsidR="004C0C26" w:rsidRDefault="004C0C26" w:rsidP="004C0C26">
+      <w:pPr>
+        <w:pStyle w:val="Heading5"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Council’s Financial Troubles</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63FC1616" w14:textId="1AFDD422" w:rsidR="004C0C26" w:rsidRDefault="00CA50B7" w:rsidP="004C0C26">
+      <w:r>
+        <w:t xml:space="preserve">Last year, West Berkshire Council requested </w:t>
+      </w:r>
+      <w:r w:rsidR="009D7B8F">
+        <w:t xml:space="preserve">Exceptional Financial Support (EFS) to help balance its budget. This was granted, and part of the </w:t>
+      </w:r>
+      <w:r w:rsidR="0012757C">
+        <w:t xml:space="preserve">agreement for the EFS was for the Charted Institute of Public Finance </w:t>
+      </w:r>
+      <w:r w:rsidR="00463901">
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="0012757C">
+        <w:t>Accountan</w:t>
+      </w:r>
+      <w:r w:rsidR="00463901">
+        <w:t xml:space="preserve">cy (CIPFA) to </w:t>
+      </w:r>
+      <w:r w:rsidR="00053648">
+        <w:t>investigate the Council’s spending.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="590D58BF" w14:textId="77777777" w:rsidR="00053648" w:rsidRDefault="00053648" w:rsidP="004C0C26"/>
+    <w:p w14:paraId="0E12F54E" w14:textId="08CC1FDB" w:rsidR="00053648" w:rsidRDefault="00053648" w:rsidP="004C0C26">
+      <w:r>
+        <w:t xml:space="preserve">The CIPFA report was </w:t>
+      </w:r>
+      <w:r w:rsidR="004D6FAC">
+        <w:t>damning and</w:t>
+      </w:r>
+      <w:r w:rsidR="000412AC">
+        <w:t xml:space="preserve"> strongly criticised the Liberal Democrat administration’s </w:t>
+      </w:r>
+      <w:r w:rsidR="00465C06">
+        <w:t>financial management. This report’s findings were rejected by the Leader and Executive.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76CF7E92" w14:textId="77777777" w:rsidR="00465C06" w:rsidRDefault="00465C06" w:rsidP="004C0C26"/>
+    <w:p w14:paraId="205F7888" w14:textId="42EF84F7" w:rsidR="00465C06" w:rsidRDefault="00465C06" w:rsidP="004C0C26">
+      <w:r>
+        <w:t>This year, the Council is still in difficulties</w:t>
+      </w:r>
+      <w:r w:rsidR="00F13F29">
+        <w:t xml:space="preserve"> and, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>having rejected the findings, will likely need to ask for another bailout</w:t>
+      </w:r>
+      <w:r w:rsidR="00F13F29">
+        <w:t xml:space="preserve"> from HM Government.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D6A4465" w14:textId="77777777" w:rsidR="00F7782D" w:rsidRDefault="00F7782D" w:rsidP="004C0C26"/>
+    <w:p w14:paraId="717FE3CB" w14:textId="033358B5" w:rsidR="00F7782D" w:rsidRDefault="005A5D32" w:rsidP="004C0C26">
+      <w:r>
+        <w:t xml:space="preserve">At the Council meeting on 29 January, the Liberal Democrats proposed a motion to </w:t>
+      </w:r>
+      <w:r w:rsidR="008A13EF">
+        <w:t xml:space="preserve">ask the Liberal Democrat Leader to write a letter requesting help, but in doing so continued to ignore the </w:t>
+      </w:r>
+      <w:r w:rsidR="00F043AF">
+        <w:t>CIPFA findings and blamed HM Government for the mess they are in.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7355BD0E" w14:textId="77777777" w:rsidR="00F043AF" w:rsidRDefault="00F043AF" w:rsidP="004C0C26"/>
+    <w:p w14:paraId="0B16035B" w14:textId="78EFCDC4" w:rsidR="00F043AF" w:rsidRDefault="00F043AF" w:rsidP="004C0C26">
+      <w:r>
+        <w:t xml:space="preserve">The Conservative group chose not to attend this meeting. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB27A6">
+        <w:t xml:space="preserve">Antagonising HM Government when another bailout is needed seems a silly idea, not to mention that the Leader does not need permission from Council to write a letter </w:t>
+      </w:r>
+      <w:r w:rsidR="00670A0D">
+        <w:t xml:space="preserve">asking for help – which comes at an additional cost to the </w:t>
+      </w:r>
+      <w:r w:rsidR="004D6FAC">
+        <w:t>taxpayer</w:t>
+      </w:r>
+      <w:r w:rsidR="00670A0D">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1ED940CF" w14:textId="77777777" w:rsidR="00605ED1" w:rsidRDefault="00605ED1" w:rsidP="004C0C26"/>
+    <w:p w14:paraId="10E8FCF9" w14:textId="6D8A2BBC" w:rsidR="00605ED1" w:rsidRPr="004C0C26" w:rsidRDefault="00605ED1" w:rsidP="004C0C26">
+      <w:r>
+        <w:t xml:space="preserve">Read more here: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="00DA15EC">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>https://www.newburytoday.co.uk/news/tories-to-boycott-west-berkshire-council-budget-meeting-9450864/</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidR="00A203A6" w:rsidRPr="00DA15EC">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>https://www.newburytoday.co.uk/news/council-in-cash-meltdown-as-redundancies-are-on-the-agenda-9451022/</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00A203A6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F8899D4" w14:textId="65F2B6B9" w:rsidR="00A262C2" w:rsidRDefault="00A262C2" w:rsidP="00A262C2">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r w:rsidRPr="003B5F27">
         <w:t>Executive</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F8899E1" w14:textId="54191DDE" w:rsidR="00A262C2" w:rsidRPr="003B5F27" w:rsidRDefault="003D7DDB" w:rsidP="00A262C2">
+    <w:p w14:paraId="3BD76621" w14:textId="53E3064D" w:rsidR="009542B6" w:rsidRPr="003B5F27" w:rsidRDefault="009542B6" w:rsidP="009542B6">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
-        <w:t>There was no meeting of the Executive this month.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6F8899E2" w14:textId="48563475" w:rsidR="00A262C2" w:rsidRDefault="00A262C2" w:rsidP="00A262C2">
+        <w:t xml:space="preserve">Executive </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B5F27">
+        <w:t xml:space="preserve">met on </w:t>
+      </w:r>
+      <w:r w:rsidR="00F7214A">
+        <w:t>29 January</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001438E5">
+        <w:t>to discuss</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B5F27">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AAF3A5C" w14:textId="77777777" w:rsidR="00882001" w:rsidRDefault="00882001" w:rsidP="00882001">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00882001">
+        <w:t>Potential Redundancies - Establishment Changes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F8899E1" w14:textId="726E8512" w:rsidR="00A262C2" w:rsidRPr="003B5F27" w:rsidRDefault="009542B6" w:rsidP="00DC4FED">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B5F27">
+        <w:t xml:space="preserve">Papers and a recording of the meeting can be found </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="003B5F27">
+          <w:rPr>
+            <w:color w:val="008855"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>here</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="003B5F27">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AF02569" w14:textId="003B79E6" w:rsidR="00FD3034" w:rsidRDefault="00A262C2" w:rsidP="00E77C5C">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="003B5F27">
         <w:t xml:space="preserve">The next meeting is on </w:t>
       </w:r>
-      <w:r w:rsidR="003E4ABF">
-        <w:t>6 Nov</w:t>
+      <w:r w:rsidR="00A32C07">
+        <w:t>12 February</w:t>
       </w:r>
       <w:r w:rsidRPr="003B5F27">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="779EA0DB" w14:textId="04977CE4" w:rsidR="00345207" w:rsidRDefault="00345207" w:rsidP="004B519D">
+    <w:p w14:paraId="2AB9A9EB" w14:textId="77777777" w:rsidR="00E5406D" w:rsidRDefault="00E5406D" w:rsidP="0061594E">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
-        <w:t>Local Government Reorganisation</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2C3EFD18" w14:textId="3A551AA9" w:rsidR="00345207" w:rsidRDefault="00345207" w:rsidP="00345207">
+        <w:lastRenderedPageBreak/>
+        <w:t>Communities</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E23BAC3" w14:textId="1B741E87" w:rsidR="00E5406D" w:rsidRDefault="00E5406D" w:rsidP="00E5406D">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
       </w:pPr>
-      <w:r w:rsidRPr="00345207">
-[...34 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:t>Holocaust Memorial Day</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="125BB775" w14:textId="5B41ECA0" w:rsidR="008416C4" w:rsidRDefault="00962963" w:rsidP="008416C4">
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="2"/>
-          <w:szCs w:val="2"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="196E9068" wp14:editId="2B8C5E63">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6CAE268C" wp14:editId="57106F50">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
-              <wp:align>left</wp:align>
+              <wp:align>right</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>6985</wp:posOffset>
+              <wp:posOffset>8117</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="2567940" cy="1955800"/>
-            <wp:effectExtent l="0" t="0" r="3810" b="6350"/>
+            <wp:extent cx="3283585" cy="1845945"/>
+            <wp:effectExtent l="0" t="0" r="0" b="1905"/>
             <wp:wrapThrough wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
-                <wp:lineTo x="0" y="21460"/>
-[...1 lines deleted...]
-                <wp:lineTo x="21472" y="0"/>
+                <wp:lineTo x="0" y="21399"/>
+                <wp:lineTo x="21429" y="21399"/>
+                <wp:lineTo x="21429" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapThrough>
-            <wp:docPr id="598357302" name="Picture 2" descr="A map of the united kingdom&#10;&#10;AI-generated content may be incorrect."/>
+            <wp:docPr id="2003568349" name="Picture 2" descr="May be an image of text that says &quot;100 &quot;្មើ 黒 West.&quot;"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="598357302" name="Picture 2" descr="A map of the united kingdom&#10;&#10;AI-generated content may be incorrect."/>
+                    <pic:cNvPr id="0" name="Picture 3" descr="May be an image of text that says &quot;100 &quot;្មើ 黒 West.&quot;"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8" cstate="print">
+                    <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2567940" cy="1955800"/>
+                      <a:ext cx="3283585" cy="1845945"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="008416C4">
+        <w:t>Yesterday, WBC came together for Holocaust Memorial Day to commemorate the victims of the holocaust and those persecuted in more recent genocides.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6399CBF5" w14:textId="2B3B9E31" w:rsidR="008416C4" w:rsidRDefault="008416C4" w:rsidP="008416C4"/>
+    <w:p w14:paraId="1E3268A6" w14:textId="7C5046BE" w:rsidR="008416C4" w:rsidRDefault="008416C4" w:rsidP="008416C4">
+      <w:r>
+        <w:t>This year's theme is ‘Bridging Generations’, a reminder that remembrance doesn’t end with the survivors, it lives on through their children, grandchildren and through everyone.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EE55856" w14:textId="440091EB" w:rsidR="008416C4" w:rsidRDefault="008416C4" w:rsidP="008416C4"/>
+    <w:p w14:paraId="03160B7E" w14:textId="104FAA38" w:rsidR="00E5406D" w:rsidRPr="00E5406D" w:rsidRDefault="008416C4" w:rsidP="008416C4">
+      <w:r>
+        <w:t>WBC marked the day with a candle lighting ceremony led by Rabbi Zvi Solomans and heard the poem ‘We remember them’ read together by children from Winchcombe School and residents of Winchcombe Care Home.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E40FF2" w:rsidRPr="00E40FF2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DB89B70" w14:textId="77777777" w:rsidR="001A3457" w:rsidRDefault="001A3457" w:rsidP="00FE4634">
+      <w:pPr>
+        <w:pStyle w:val="Heading5"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Pension Credit</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DD4338C" w14:textId="2FDF0F7C" w:rsidR="00F25199" w:rsidRPr="00F25199" w:rsidRDefault="00F25199" w:rsidP="00F25199">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Residents</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F25199">
+        <w:t xml:space="preserve"> may have received a letter about Pension Credit. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F25199">
+        <w:t>t’s real, and it could help.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04D826F5" w14:textId="7EB7A7B6" w:rsidR="00F25199" w:rsidRPr="00F25199" w:rsidRDefault="00F25199" w:rsidP="00F25199">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">WBC have </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F25199">
+        <w:t xml:space="preserve">written to some residents we believe could be eligible for Pension Credit, a benefit that tops up income for people over State Pension age. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="735B4657" w14:textId="33747974" w:rsidR="00F25199" w:rsidRPr="00F25199" w:rsidRDefault="00C124A1" w:rsidP="00F25199">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Residents</w:t>
+      </w:r>
+      <w:r w:rsidR="00F25199" w:rsidRPr="00F25199">
+        <w:t xml:space="preserve"> can call the Pension Credit claim line: 0800 99 1234 or </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">WBC </w:t>
+      </w:r>
+      <w:r w:rsidR="00F25199" w:rsidRPr="00F25199">
+        <w:t xml:space="preserve">on 01635 551111 </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r w:rsidR="00F25199" w:rsidRPr="00F25199">
+        <w:t>confirm the letter and help find support.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="654540AE" w14:textId="0E9F4363" w:rsidR="001A3457" w:rsidRPr="001A3457" w:rsidRDefault="00F25199" w:rsidP="00F25199">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F25199">
+        <w:t>Pension Credit can unlock other support (like free TV licence for over</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F25199">
+        <w:noBreakHyphen/>
+        <w:t>75s, help with NHS costs and more), so please do check.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51B1F66C" w14:textId="6315FDDB" w:rsidR="0034267F" w:rsidRDefault="0034267F" w:rsidP="00FE4634">
+      <w:pPr>
+        <w:pStyle w:val="Heading5"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Libraries Providing </w:t>
+      </w:r>
+      <w:r w:rsidR="00C97DCF">
+        <w:t>Value</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EF11DF9" w14:textId="77777777" w:rsidR="00C97DCF" w:rsidRPr="00C97DCF" w:rsidRDefault="00C97DCF" w:rsidP="00C97DCF">
+      <w:r w:rsidRPr="00C97DCF">
+        <w:t xml:space="preserve">A groundbreaking new report from national charity </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00C97DCF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Libraries Connected</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00C97DCF">
+        <w:t xml:space="preserve"> shows that public libraries in West Berkshire deliver over £12,000 in value each year by supporting mental health and wellbeing through the provision of volunteering opportunities, particularly among older people.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5317A12A" w14:textId="77777777" w:rsidR="00C97DCF" w:rsidRPr="00C97DCF" w:rsidRDefault="00C97DCF" w:rsidP="00C97DCF"/>
+    <w:p w14:paraId="4C8E9B94" w14:textId="0A50D91D" w:rsidR="00C97DCF" w:rsidRPr="00C97DCF" w:rsidRDefault="0062247F" w:rsidP="00C97DCF">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="29E55E66" wp14:editId="135D8E17">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:align>left</wp:align>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>302537</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1791186" cy="1288111"/>
+            <wp:effectExtent l="0" t="0" r="0" b="7620"/>
+            <wp:wrapThrough wrapText="bothSides">
+              <wp:wrapPolygon edited="0">
+                <wp:start x="0" y="0"/>
+                <wp:lineTo x="0" y="21408"/>
+                <wp:lineTo x="21370" y="21408"/>
+                <wp:lineTo x="21370" y="0"/>
+                <wp:lineTo x="0" y="0"/>
+              </wp:wrapPolygon>
+            </wp:wrapThrough>
+            <wp:docPr id="1821487894" name="Picture 7"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 19"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId13" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1791186" cy="1288111"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="00C97DCF" w:rsidRPr="00C97DCF">
+        <w:t xml:space="preserve">Data was collected over 12 weeks in summer 2025 from West Berkshire and eleven other </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00C97DCF" w:rsidRPr="00C97DCF">
+        <w:t>South East</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00C97DCF" w:rsidRPr="00C97DCF">
+        <w:t xml:space="preserve"> library services. Using Treasury-approved methods, the team calculated the monetary value of the activities, including NHS savings, productivity gains and the personal value placed on improved wellbeing.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15F35602" w14:textId="78024653" w:rsidR="00C97DCF" w:rsidRPr="00C97DCF" w:rsidRDefault="00C97DCF" w:rsidP="00C97DCF"/>
+    <w:p w14:paraId="33374B04" w14:textId="77777777" w:rsidR="00C97DCF" w:rsidRPr="00C97DCF" w:rsidRDefault="00C97DCF" w:rsidP="00C97DCF">
+      <w:r w:rsidRPr="00C97DCF">
+        <w:t>The report shows how libraries help to reduce pressure on health and social care services by offering early, low-cost support in the community, reducing isolation and boosting life satisfaction.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B45AC72" w14:textId="77777777" w:rsidR="00C97DCF" w:rsidRPr="00C97DCF" w:rsidRDefault="00C97DCF" w:rsidP="00C97DCF"/>
+    <w:p w14:paraId="15C4DACF" w14:textId="6AF58301" w:rsidR="00C97DCF" w:rsidRPr="00C97DCF" w:rsidRDefault="00C97DCF" w:rsidP="00C97DCF">
+      <w:r w:rsidRPr="00C97DCF">
+        <w:t>The researchers point out that these figures are conservative estimates, and the true value is likely to be much greater.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B5CD7F5" w14:textId="14D1DA57" w:rsidR="00FE4634" w:rsidRDefault="00FE4634" w:rsidP="00FE4634">
+      <w:pPr>
+        <w:pStyle w:val="Heading5"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Newbury Wharf and Peace Garden</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FBB65AF" w14:textId="7327EEF5" w:rsidR="00DD5F3F" w:rsidRPr="00DD5F3F" w:rsidRDefault="00DD5F3F" w:rsidP="00DD5F3F">
+      <w:r w:rsidRPr="00DD5F3F">
+        <w:t>Last week we said a temporary goodbye to a familiar face on the Wharf. The historic goods crane, part of Newbury’s industrial heritage, has been carefully removed so specialists can fully refurbish it before its return this summer.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD5F3F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4338B128" w14:textId="5E071B5F" w:rsidR="00DD5F3F" w:rsidRPr="00DD5F3F" w:rsidRDefault="00DD5F3F" w:rsidP="00DD5F3F">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4F37E44E" wp14:editId="33EE9A62">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:align>left</wp:align>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>138651</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="2639695" cy="1661160"/>
+            <wp:effectExtent l="0" t="0" r="8255" b="0"/>
+            <wp:wrapThrough wrapText="bothSides">
+              <wp:wrapPolygon edited="0">
+                <wp:start x="0" y="0"/>
+                <wp:lineTo x="0" y="21303"/>
+                <wp:lineTo x="21512" y="21303"/>
+                <wp:lineTo x="21512" y="0"/>
+                <wp:lineTo x="0" y="0"/>
+              </wp:wrapPolygon>
+            </wp:wrapThrough>
+            <wp:docPr id="534806229" name="Picture 6"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 17"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId14" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2639695" cy="1661160"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70F1296A" w14:textId="002D1448" w:rsidR="00DD5F3F" w:rsidRPr="00DD5F3F" w:rsidRDefault="00DD5F3F" w:rsidP="00DD5F3F">
+      <w:r w:rsidRPr="00DD5F3F">
+        <w:t>Work to complete the Peace Garden and improve access to Newbury's Wharf is moving into its next phase this month, marking another step in delivering the vision set out in the Newbury Town Centre Masterplan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ECEB833" w14:textId="77777777" w:rsidR="00DD5F3F" w:rsidRPr="00DD5F3F" w:rsidRDefault="00DD5F3F" w:rsidP="00DD5F3F"/>
+    <w:p w14:paraId="5A9DB725" w14:textId="0B7D5D90" w:rsidR="00FE4634" w:rsidRPr="00FE4634" w:rsidRDefault="00DD5F3F" w:rsidP="00DD5F3F">
+      <w:r w:rsidRPr="00DD5F3F">
+        <w:t>These urgent works are crucial to safeguarding the Wharf and will support future enhancements for walking, wheeling and cycling along the waterfront. While this activity is underway, some areas of the Peace Garden will need to be closed temporarily to allow the work to be carried out safely.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61A7A74A" w14:textId="51A1E862" w:rsidR="009B2CCD" w:rsidRDefault="009B2CCD" w:rsidP="0061594E">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Environment and Energy</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00803848" w14:textId="77777777" w:rsidR="00E34E83" w:rsidRDefault="00E34E83" w:rsidP="009B2CCD">
+      <w:pPr>
+        <w:pStyle w:val="Heading5"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Calcot Park Golf Course felling</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="408ADD32" w14:textId="43A2AD06" w:rsidR="00CF7B69" w:rsidRPr="00CF7B69" w:rsidRDefault="00CF7B69" w:rsidP="00CF7B69">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF7B69">
+        <w:t xml:space="preserve">Essential tree works are taking place across Calcot Park Golf Course. </w:t>
+      </w:r>
+      <w:r w:rsidR="001F598A">
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7B69">
+        <w:t xml:space="preserve">iseased ash trees, particularly in Curtis Wood, need to be removed as they pose a risk to nearby roads, properties, and public safety. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A3BC5DA" w14:textId="0587A84C" w:rsidR="00CF7B69" w:rsidRPr="00CF7B69" w:rsidRDefault="00CF7B69" w:rsidP="00CF7B69">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF7B69">
+        <w:t>Winter is the safest and most suitable time to carry out this work, as this will support the long-term health of the woodland. Restocking with mixed native broadleaves species is due to occur which will help boost biodiversity over time.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3221EDE0" w14:textId="77777777" w:rsidR="00CF7B69" w:rsidRPr="00CF7B69" w:rsidRDefault="00CF7B69" w:rsidP="00CF7B69">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF7B69">
+        <w:t>Elsewhere, selective thinning will be carried out under licence from the Forestry Commission - a standard forestry practice that removes poorer quality trees to allow healthier ones, including important veteran trees, to thrive. A small number of dead trees near New Lane Hill will also be felled but replaced.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47841F67" w14:textId="455BBF25" w:rsidR="00E34E83" w:rsidRPr="00E34E83" w:rsidRDefault="00CF7B69" w:rsidP="00CF7B69">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF7B69">
+        <w:t>This is a historically rich landscape, and it is hoped the works will enhance its character for the future.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08D5009F" w14:textId="3853C383" w:rsidR="0062247F" w:rsidRDefault="0062247F" w:rsidP="009B2CCD">
+      <w:pPr>
+        <w:pStyle w:val="Heading5"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Bin Lorry Fire</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B5B2556" w14:textId="44BC95FE" w:rsidR="00523AA1" w:rsidRPr="00523AA1" w:rsidRDefault="00523AA1" w:rsidP="00523AA1">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00523AA1">
+        <w:t>Earlier this month, an incident occurred in Leckhampstead where a bin lorry caught fire due to lithium-ion batteries being placed in a household waste bin. These batteries ignited whilst in the back of our collection vehicle, and posed a serious risk to collection crews, vehicles, and the public.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69693E7C" w14:textId="70590395" w:rsidR="00523AA1" w:rsidRPr="00523AA1" w:rsidRDefault="001A3457" w:rsidP="00523AA1">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="17616377" wp14:editId="2CCF44A7">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:align>right</wp:align>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>7620</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1990725" cy="1597660"/>
+            <wp:effectExtent l="0" t="0" r="9525" b="2540"/>
+            <wp:wrapThrough wrapText="bothSides">
+              <wp:wrapPolygon edited="0">
+                <wp:start x="0" y="0"/>
+                <wp:lineTo x="0" y="21377"/>
+                <wp:lineTo x="21497" y="21377"/>
+                <wp:lineTo x="21497" y="0"/>
+                <wp:lineTo x="0" y="0"/>
+              </wp:wrapPolygon>
+            </wp:wrapThrough>
+            <wp:docPr id="903564815" name="Picture 8"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 21"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId15" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1990725" cy="1597660"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="00523AA1" w:rsidRPr="00523AA1">
+        <w:t>Luckily this time no-one was injured thanks to the swift action of our collection crews and emergency services. The crew ejected the load so that it could be safely extinguished. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="058EF8C9" w14:textId="03F88089" w:rsidR="00523AA1" w:rsidRPr="00523AA1" w:rsidRDefault="00523AA1" w:rsidP="00523AA1">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Key points</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00523AA1">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58EAF369" w14:textId="6F67C848" w:rsidR="00523AA1" w:rsidRPr="00523AA1" w:rsidRDefault="00523AA1" w:rsidP="00523AA1">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00523AA1">
+        <w:t>Never put batteries in general waste or recycling containers</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4888EC6B" w14:textId="77777777" w:rsidR="00523AA1" w:rsidRPr="00523AA1" w:rsidRDefault="00523AA1" w:rsidP="00523AA1">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00523AA1">
+        <w:t>Lithium-ion batteries from devices like e-cigarettes, laptops, and power tools, need to be taken to a household waste recycling centre for disposal</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1695FED2" w14:textId="730E6A5F" w:rsidR="0062247F" w:rsidRPr="0062247F" w:rsidRDefault="00523AA1" w:rsidP="00523AA1">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00523AA1">
+        <w:t>W</w:t>
+      </w:r>
+      <w:r>
+        <w:t>BC</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00523AA1">
+        <w:t xml:space="preserve"> collect smaller household batteries if placed in a clear bag on top of your black wheelie bin on collection day</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="006A05D0" w14:textId="0CE002B8" w:rsidR="009B2CCD" w:rsidRDefault="009B2CCD" w:rsidP="009B2CCD">
+      <w:pPr>
+        <w:pStyle w:val="Heading5"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009B2CCD">
+        <w:t>Important information for residents using RTS electricity meters</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A1CB4EF" w14:textId="41326D11" w:rsidR="00B100C4" w:rsidRPr="00B100C4" w:rsidRDefault="00B100C4" w:rsidP="00B100C4">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B100C4">
+        <w:t xml:space="preserve">Radio </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B100C4">
+        <w:t>Teleswitch</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B100C4">
+        <w:t xml:space="preserve"> Service (RTS) meters are being phased out across the UK and replaced with smart meters.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A55FF14" w14:textId="77777777" w:rsidR="00B100C4" w:rsidRPr="00B100C4" w:rsidRDefault="00B100C4" w:rsidP="00B100C4">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B100C4">
+        <w:t>RTS meters are older electricity meters typically used in:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60277C54" w14:textId="76C02F49" w:rsidR="00B100C4" w:rsidRPr="00B100C4" w:rsidRDefault="00B100C4" w:rsidP="000C2745">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B100C4">
+        <w:t>Homes without gas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65D98917" w14:textId="45E30200" w:rsidR="00B100C4" w:rsidRPr="00B100C4" w:rsidRDefault="00B100C4" w:rsidP="000C2745">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B100C4">
+        <w:t>Properties using storage heaters</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="280DB0BD" w14:textId="30D084DB" w:rsidR="00B100C4" w:rsidRPr="00B100C4" w:rsidRDefault="00B100C4" w:rsidP="000C2745">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B100C4">
+        <w:t>Dual-tariff electricity (cheaper overnight rates)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D8CDF93" w14:textId="414A6E5D" w:rsidR="009B2CCD" w:rsidRDefault="00B100C4" w:rsidP="00B100C4">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B100C4">
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD6855">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B100C4">
+        <w:t xml:space="preserve"> RTS meter is not upgraded, </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD6855">
+        <w:t>residents</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B100C4">
+        <w:t xml:space="preserve"> could lose access to heating or hot water when the signal is switched off.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D94854D" w14:textId="6A114E67" w:rsidR="000C2745" w:rsidRPr="000C2745" w:rsidRDefault="000C2745" w:rsidP="000C2745">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C2745">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Energy suppliers will contact affected households directly. Please </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD6855">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">encourage them to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C2745">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">book an installation when notified and contact your council if help </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD6855">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">is needed </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C2745">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>checking a message is genuine.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2618DEFD" w14:textId="65CA9138" w:rsidR="000C2745" w:rsidRPr="000C2745" w:rsidRDefault="000C2745" w:rsidP="000C2745">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C2745">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Berkshire councils and the Berkshire Digital Infrastructure Group (DIG) are working together to support residents and reduce disruption.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="549ED787" w14:textId="77777777" w:rsidR="00A97DD0" w:rsidRDefault="00A97DD0" w:rsidP="0061594E">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Public Protection</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40A8CFA0" w14:textId="1ECA4BE8" w:rsidR="00A97DD0" w:rsidRDefault="00A97DD0" w:rsidP="00A97DD0">
+      <w:pPr>
+        <w:pStyle w:val="Heading5"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Underage Sale Test Purchases</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FE1AD60" w14:textId="3097766C" w:rsidR="005A19AC" w:rsidRPr="005A19AC" w:rsidRDefault="005A19AC" w:rsidP="005A19AC">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Residents</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A19AC">
+        <w:t xml:space="preserve"> aged 15-16 looking for a unique volunteering opportunity to strengthen their CV</w:t>
+      </w:r>
+      <w:r w:rsidR="008A33CC">
+        <w:t xml:space="preserve"> are being invited by</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A19AC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A33CC">
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A19AC">
+        <w:t>he Public Protection Partnership (PPP) to join its underage sales test purchasing programme, an important initiative that helps protect children and young people from illegal access to age</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A19AC">
+        <w:noBreakHyphen/>
+        <w:t>restricted products.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FC4FB56" w14:textId="77777777" w:rsidR="005A19AC" w:rsidRPr="005A19AC" w:rsidRDefault="005A19AC" w:rsidP="005A19AC">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005A19AC">
+        <w:t>This programme supports PPP’s work to ensure local businesses follow the law when selling items such as alcohol, tobacco, vapes, knives, fireworks, solvents, and other restricted goods. Volunteering not only enhances your CV but can count towards community service requirements for the Duke of Edinburgh Award and similar schemes. PPP can also provide references to support job, college, or university applications.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21B8881F" w14:textId="0585B470" w:rsidR="005A19AC" w:rsidRPr="005A19AC" w:rsidRDefault="005A19AC" w:rsidP="005A19AC">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005A19AC">
+        <w:t>Test purchasing involves a volunteer attempting to buy an age</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A19AC">
+        <w:noBreakHyphen/>
+        <w:t>restricted item while supervised by trained PPP officers. Operations take place out of school hours and are fully risk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A19AC">
+        <w:noBreakHyphen/>
+        <w:t>assessed, with volunteers safeguarded throughout. Full training is provided and volunteers may withdraw at any time.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="039C12C3" w14:textId="704E3CAB" w:rsidR="00A97DD0" w:rsidRPr="00A97DD0" w:rsidRDefault="005A19AC" w:rsidP="005A19AC">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005A19AC">
+        <w:t xml:space="preserve">To apply, please contact </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidRPr="005A19AC">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Amie.Norkett1@westberks.gov.uk</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="005A19AC">
+        <w:t xml:space="preserve"> or call on 01635 519930 for an informal chat about the scheme.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25F9BA4C" w14:textId="77777777" w:rsidR="00572938" w:rsidRDefault="00572938" w:rsidP="0061594E">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Health</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BB3A1C1" w14:textId="4F79539A" w:rsidR="00572938" w:rsidRDefault="00092CCB" w:rsidP="00092CCB">
+      <w:pPr>
+        <w:pStyle w:val="Heading5"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00092CCB">
+        <w:t>New chickenpox protection for children</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FD9AC4F" w14:textId="77777777" w:rsidR="00092CCB" w:rsidRPr="00092CCB" w:rsidRDefault="00092CCB" w:rsidP="00092CCB">
+      <w:r w:rsidRPr="00092CCB">
+        <w:t>Starting this month, the NHS has added chickenpox to routine childhood vaccinations through the new MMRV jab (measles, mumps, rubella, and varicella).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CB41E4E" w14:textId="77777777" w:rsidR="00092CCB" w:rsidRPr="00092CCB" w:rsidRDefault="00092CCB" w:rsidP="00092CCB"/>
+    <w:p w14:paraId="14FB5461" w14:textId="77777777" w:rsidR="00092CCB" w:rsidRPr="00092CCB" w:rsidRDefault="00092CCB" w:rsidP="00092CCB">
+      <w:r w:rsidRPr="00092CCB">
+        <w:t>Children will be invited by their GP for two doses at age 12 months and 18 months. This change will help to prevent serious illness in childhood and later life.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08E0D001" w14:textId="77777777" w:rsidR="00092CCB" w:rsidRPr="00092CCB" w:rsidRDefault="00092CCB" w:rsidP="00092CCB"/>
+    <w:p w14:paraId="37777FF0" w14:textId="46608F7D" w:rsidR="00092CCB" w:rsidRPr="00092CCB" w:rsidRDefault="00092CCB" w:rsidP="00092CCB">
+      <w:r w:rsidRPr="00092CCB">
+        <w:t>Look out for your GP’s invitation and make sure your child gets both doses</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6717BFAB" w14:textId="436C1F4E" w:rsidR="0061594E" w:rsidRDefault="005E3C45" w:rsidP="0061594E">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Education</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F67A2BD" w14:textId="77777777" w:rsidR="007A19AC" w:rsidRDefault="007A19AC" w:rsidP="0061594E">
+      <w:pPr>
+        <w:pStyle w:val="Heading5"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Bikeability</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="64ADA4B4" w14:textId="11FFD535" w:rsidR="007A19AC" w:rsidRPr="007A19AC" w:rsidRDefault="007A19AC" w:rsidP="007A19AC">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007A19AC">
+        <w:t>W</w:t>
+      </w:r>
+      <w:r w:rsidR="00572938">
+        <w:t>BC are</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A19AC">
+        <w:t xml:space="preserve"> running three </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A19AC">
+        <w:t>Bikeability</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A19AC">
+        <w:t xml:space="preserve"> training courses during February half-term for children aged 10 and above on:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74947D68" w14:textId="77777777" w:rsidR="007A19AC" w:rsidRPr="007A19AC" w:rsidRDefault="007A19AC" w:rsidP="007A19AC">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007A19AC">
+        <w:t xml:space="preserve">Tuesday 17 February, Level 3 at </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="007A19AC">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Kennet Leisure Centre</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007A19AC">
+        <w:t>, Stoney Lane, Thatcham, RG19 4LJ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F9BEDD2" w14:textId="77777777" w:rsidR="007A19AC" w:rsidRPr="007A19AC" w:rsidRDefault="007A19AC" w:rsidP="007A19AC">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007A19AC">
+        <w:t xml:space="preserve">Wednesday 18 February, Level 1 and 2 combined </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007A19AC">
+        <w:t>course</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007A19AC">
+        <w:t xml:space="preserve"> at Kennet Leisure Centre</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BFF98FD" w14:textId="77777777" w:rsidR="007A19AC" w:rsidRPr="007A19AC" w:rsidRDefault="007A19AC" w:rsidP="007A19AC">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007A19AC">
+        <w:t>Thursday 19 February, Level 3 at Kennet Leisure Centre</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="166E0BBE" w14:textId="763A37BB" w:rsidR="007A19AC" w:rsidRPr="007A19AC" w:rsidRDefault="007A19AC" w:rsidP="007A19AC">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007A19AC">
+        <w:t xml:space="preserve">All courses are run by DBS checked, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007A19AC">
+        <w:t>fully-qualified</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007A19AC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A19AC">
+        <w:t>Bikeability</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A19AC">
+        <w:t xml:space="preserve"> instructors and cost £25 per course. </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A19AC">
+        <w:t xml:space="preserve">child’s bike must be fully road-worthy and the right size. The instructors have the right to refuse training if </w:t>
+      </w:r>
+      <w:r w:rsidR="00572938">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A19AC">
+        <w:t>bike is deemed unsafe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40DCB3EB" w14:textId="18F75BA7" w:rsidR="007A19AC" w:rsidRPr="007A19AC" w:rsidRDefault="00572938" w:rsidP="007A19AC">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="007A19AC" w:rsidRPr="007A19AC">
+        <w:t xml:space="preserve">ore information and how to book </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">is available </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidRPr="00572938">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>here</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="007A19AC" w:rsidRPr="007A19AC">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F37AAB9" w14:textId="29947560" w:rsidR="0061594E" w:rsidRDefault="008E0EAE" w:rsidP="0061594E">
+      <w:pPr>
+        <w:pStyle w:val="Heading5"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E0EAE">
+        <w:t>32 new SEND places at Castle School</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A2F8523" w14:textId="0DB98F91" w:rsidR="008E0EAE" w:rsidRDefault="008E0EAE" w:rsidP="008E0EAE">
+      <w:r>
+        <w:t>The expansion of The Castle School in Newbury is now nearing completion. This is a major milestone in ongoing investment in high quality learning environments for children and young people with Special Educational Needs and Disabilities (SEND).</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA5F44" w:rsidRPr="00FA5F44">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C139098" w14:textId="2AA95B71" w:rsidR="008E0EAE" w:rsidRDefault="008E0EAE" w:rsidP="008E0EAE"/>
+    <w:p w14:paraId="659EDAE1" w14:textId="3E25BBB8" w:rsidR="008E0EAE" w:rsidRDefault="00FA5F44" w:rsidP="008E0EAE">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6A198EFA" wp14:editId="219EDC01">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:align>left</wp:align>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>4114</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="2425065" cy="1365885"/>
+            <wp:effectExtent l="0" t="0" r="0" b="5715"/>
+            <wp:wrapThrough wrapText="bothSides">
+              <wp:wrapPolygon edited="0">
+                <wp:start x="0" y="0"/>
+                <wp:lineTo x="0" y="21389"/>
+                <wp:lineTo x="21379" y="21389"/>
+                <wp:lineTo x="21379" y="0"/>
+                <wp:lineTo x="0" y="0"/>
+              </wp:wrapPolygon>
+            </wp:wrapThrough>
+            <wp:docPr id="1742617170" name="Picture 3"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 5"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId19" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2425065" cy="1365885"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="002B1355" w:rsidRPr="002B1355">
-[...51 lines deleted...]
-    <w:p w14:paraId="614722BE" w14:textId="1B8DDC09" w:rsidR="004B519D" w:rsidRPr="004B519D" w:rsidRDefault="004B519D" w:rsidP="004B519D">
+      <w:r w:rsidR="008E0EAE">
+        <w:t xml:space="preserve">The brand-new </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008E0EAE">
+        <w:t>Barbury</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008E0EAE">
+        <w:t xml:space="preserve"> House, named after an Iron Age hillfort in </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="008E0EAE">
+        <w:t>Wiltshire</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="008E0EAE">
+        <w:t xml:space="preserve"> called </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008E0EAE">
+        <w:t>Barbury</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008E0EAE">
+        <w:t xml:space="preserve"> Castle, will provide 32 vital SEND places for pupils aged 2 to 19 with complex needs. This expansion not only increases capacity but also enhances the school’s specialist offer, with thoughtfully designed breakout spaces and group rooms to better support tailored learning, wellbeing, and care.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A3FC467" w14:textId="77777777" w:rsidR="008E0EAE" w:rsidRDefault="008E0EAE" w:rsidP="008E0EAE"/>
+    <w:p w14:paraId="6E7EC1D9" w14:textId="1B5E7504" w:rsidR="008E0EAE" w:rsidRPr="008E0EAE" w:rsidRDefault="008E0EAE" w:rsidP="008E0EAE">
+      <w:r>
+        <w:t xml:space="preserve">By creating more SEND places locally, the new building will also deliver significant financial benefits. Each placement at </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Barbury</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> House is estimated to save around £80,000 per year compared to an out of district alternative, ensuring that more West Berkshire children can receive the support they need close to home.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41607581" w14:textId="77DB3F7E" w:rsidR="00D00D1F" w:rsidRPr="00D00D1F" w:rsidRDefault="003B5F27" w:rsidP="00D00D1F">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-      </w:pPr>
-[...76 lines deleted...]
-      <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
-[...2 lines deleted...]
-          <w:szCs w:val="2"/>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:u w:val="none"/>
         </w:rPr>
-        <w:drawing>
-[...432 lines deleted...]
-        <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r w:rsidRPr="003B5F27">
         <w:t>Current Consultations</w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="Bulletlevel1"/>
+      <w:r w:rsidR="00D00D1F" w:rsidRPr="00D00D1F">
         <w:rPr>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:eastAsia="en-GB"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-      <w:r w:rsidR="00157464">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00D00D1F" w:rsidRPr="00D00D1F">
         <w:rPr>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:eastAsia="en-GB"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> -</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:instrText>HYPERLINK "https://www.westberks.gov.uk/draft-planning-enforcement-plan"</w:instrText>
+      </w:r>
+      <w:r w:rsidR="00D00D1F" w:rsidRPr="00D00D1F">
         <w:rPr>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:eastAsia="en-GB"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Closes 2</w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:r>
+      <w:r w:rsidR="00D00D1F" w:rsidRPr="00D00D1F">
         <w:rPr>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="en-GB"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
-        <w:t>nd</w:t>
-[...162 lines deleted...]
-    <w:p w14:paraId="7770BAD9" w14:textId="77777777" w:rsidR="003D160A" w:rsidRDefault="003D160A" w:rsidP="003D160A">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19B49C43" w14:textId="3B8C4764" w:rsidR="00AD3531" w:rsidRDefault="00D00D1F" w:rsidP="00BD0EB7">
       <w:pPr>
         <w:pStyle w:val="Bulletlevel1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:ind w:left="567" w:hanging="283"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D00D1F">
         <w:rPr>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:eastAsia="en-GB"/>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="01AE1717" w14:textId="77777777" w:rsidR="003D160A" w:rsidRDefault="003D160A" w:rsidP="003D160A">
+        <w:t>Draft Planning Enforcement Plan (June 2025)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D00D1F">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00AD3531">
+        <w:t xml:space="preserve"> – closes </w:t>
+      </w:r>
+      <w:r w:rsidR="00C25628">
+        <w:t>9 March</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65D8CDD1" w14:textId="0941F4CD" w:rsidR="00F47A27" w:rsidRDefault="00F47A27" w:rsidP="00F47A27">
       <w:pPr>
         <w:pStyle w:val="Bulletlevel1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:ind w:left="567" w:hanging="283"/>
-[...482 lines deleted...]
-    <w:p w14:paraId="1DB77998" w14:textId="5EC2CDDC" w:rsidR="00094B8B" w:rsidRPr="00702D38" w:rsidRDefault="00094B8B" w:rsidP="003D160A">
+      </w:pPr>
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidRPr="00F47A27">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:b/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t>Proposed development of a Resource Base at Victoria Park Nursery School, Newbury</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00C25628">
+        <w:t xml:space="preserve"> – closes </w:t>
+      </w:r>
+      <w:r w:rsidR="008C622B">
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidR="00C25628">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008C622B">
+        <w:t>February</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FEC1211" w14:textId="6CDBC97F" w:rsidR="00CA48DD" w:rsidRDefault="00CA48DD" w:rsidP="004D6FAC">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2FEC1211" w14:textId="77777777" w:rsidR="00CA48DD" w:rsidRPr="00702D38" w:rsidRDefault="00CA48DD" w:rsidP="00CA48DD">
-[...8 lines deleted...]
-    <w:sectPr w:rsidR="00CA48DD" w:rsidRPr="00702D38" w:rsidSect="00E732F5">
+    <w:p w14:paraId="6A2A710B" w14:textId="77777777" w:rsidR="004D6FAC" w:rsidRDefault="004D6FAC" w:rsidP="004D6FAC"/>
+    <w:p w14:paraId="17C84B5F" w14:textId="77777777" w:rsidR="004D6FAC" w:rsidRDefault="004D6FAC" w:rsidP="004D6FAC"/>
+    <w:p w14:paraId="760B9B14" w14:textId="77777777" w:rsidR="004D6FAC" w:rsidRDefault="004D6FAC" w:rsidP="004D6FAC"/>
+    <w:p w14:paraId="314951E6" w14:textId="77777777" w:rsidR="004D6FAC" w:rsidRDefault="004D6FAC" w:rsidP="004D6FAC"/>
+    <w:p w14:paraId="42C724D7" w14:textId="77777777" w:rsidR="004D6FAC" w:rsidRDefault="004D6FAC" w:rsidP="004D6FAC"/>
+    <w:p w14:paraId="793C7B25" w14:textId="77777777" w:rsidR="004D6FAC" w:rsidRDefault="004D6FAC" w:rsidP="004D6FAC"/>
+    <w:p w14:paraId="4E371908" w14:textId="77777777" w:rsidR="004D6FAC" w:rsidRDefault="004D6FAC" w:rsidP="004D6FAC"/>
+    <w:p w14:paraId="4480FA03" w14:textId="77777777" w:rsidR="004D6FAC" w:rsidRDefault="004D6FAC" w:rsidP="004D6FAC"/>
+    <w:p w14:paraId="7214ABC2" w14:textId="77777777" w:rsidR="004D6FAC" w:rsidRDefault="004D6FAC" w:rsidP="004D6FAC"/>
+    <w:p w14:paraId="1E27F97B" w14:textId="77777777" w:rsidR="004D6FAC" w:rsidRDefault="004D6FAC" w:rsidP="004D6FAC"/>
+    <w:p w14:paraId="0C4F69F1" w14:textId="77777777" w:rsidR="004D6FAC" w:rsidRDefault="004D6FAC" w:rsidP="004D6FAC"/>
+    <w:p w14:paraId="5AAE933C" w14:textId="77777777" w:rsidR="004D6FAC" w:rsidRDefault="004D6FAC" w:rsidP="004D6FAC"/>
+    <w:p w14:paraId="7337BDA4" w14:textId="77777777" w:rsidR="004D6FAC" w:rsidRDefault="004D6FAC" w:rsidP="004D6FAC"/>
+    <w:p w14:paraId="2BCD17F5" w14:textId="77777777" w:rsidR="004D6FAC" w:rsidRDefault="004D6FAC" w:rsidP="004D6FAC"/>
+    <w:p w14:paraId="4B7452F7" w14:textId="77777777" w:rsidR="004D6FAC" w:rsidRDefault="004D6FAC" w:rsidP="004D6FAC"/>
+    <w:p w14:paraId="2E76AE86" w14:textId="77777777" w:rsidR="004D6FAC" w:rsidRDefault="004D6FAC" w:rsidP="004D6FAC"/>
+    <w:p w14:paraId="44CAD718" w14:textId="77777777" w:rsidR="004D6FAC" w:rsidRDefault="004D6FAC" w:rsidP="004D6FAC"/>
+    <w:p w14:paraId="0B875556" w14:textId="77777777" w:rsidR="004D6FAC" w:rsidRDefault="004D6FAC" w:rsidP="004D6FAC"/>
+    <w:p w14:paraId="20C92A62" w14:textId="77777777" w:rsidR="004D6FAC" w:rsidRDefault="004D6FAC" w:rsidP="004D6FAC"/>
+    <w:p w14:paraId="1CBA012A" w14:textId="77777777" w:rsidR="004D6FAC" w:rsidRDefault="004D6FAC" w:rsidP="004D6FAC"/>
+    <w:p w14:paraId="6484F635" w14:textId="77777777" w:rsidR="004D6FAC" w:rsidRDefault="004D6FAC" w:rsidP="004D6FAC"/>
+    <w:p w14:paraId="283C09F6" w14:textId="77777777" w:rsidR="004D6FAC" w:rsidRDefault="004D6FAC" w:rsidP="004D6FAC"/>
+    <w:p w14:paraId="7B13F195" w14:textId="77777777" w:rsidR="004D6FAC" w:rsidRDefault="004D6FAC" w:rsidP="004D6FAC"/>
+    <w:p w14:paraId="5EB49A5E" w14:textId="77777777" w:rsidR="004D6FAC" w:rsidRDefault="004D6FAC" w:rsidP="004D6FAC"/>
+    <w:p w14:paraId="02B42D28" w14:textId="77777777" w:rsidR="004D6FAC" w:rsidRDefault="004D6FAC" w:rsidP="004D6FAC"/>
+    <w:p w14:paraId="718C3685" w14:textId="77777777" w:rsidR="004D6FAC" w:rsidRDefault="004D6FAC" w:rsidP="004D6FAC"/>
+    <w:p w14:paraId="4CDE6D64" w14:textId="77777777" w:rsidR="004D6FAC" w:rsidRDefault="004D6FAC" w:rsidP="004D6FAC"/>
+    <w:p w14:paraId="7D4F50EA" w14:textId="77777777" w:rsidR="004D6FAC" w:rsidRDefault="004D6FAC" w:rsidP="004D6FAC"/>
+    <w:p w14:paraId="6D9D75BC" w14:textId="2E2C2AE4" w:rsidR="004D6FAC" w:rsidRDefault="004D6FAC" w:rsidP="004D6FAC">
+      <w:r>
+        <w:t>Councillor Clive Hooker</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BC581D7" w14:textId="77777777" w:rsidR="004D6FAC" w:rsidRDefault="004D6FAC" w:rsidP="004D6FAC"/>
+    <w:p w14:paraId="5E7FFCB1" w14:textId="168C3477" w:rsidR="004D6FAC" w:rsidRDefault="004D6FAC" w:rsidP="004D6FAC">
+      <w:r>
+        <w:t>clive.hooker@westberks.gov.uk</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E31EAF6" w14:textId="77777777" w:rsidR="004D6FAC" w:rsidRDefault="004D6FAC" w:rsidP="004D6FAC"/>
+    <w:p w14:paraId="21C55D7D" w14:textId="331B33E1" w:rsidR="004D6FAC" w:rsidRPr="004D6FAC" w:rsidRDefault="004D6FAC" w:rsidP="004D6FAC">
+      <w:r>
+        <w:t>07798 920981</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="004D6FAC" w:rsidRPr="004D6FAC" w:rsidSect="00E732F5">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="993" w:right="1080" w:bottom="709" w:left="1080" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -1720,65 +1744,59 @@
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos">
-[...4 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="045F66DD"/>
+    <w:nsid w:val="1AFF6CC7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="0F020898"/>
+    <w:tmpl w:val="9F90E4C4"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
@@ -1845,50 +1863,199 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2FEF2EB2"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5484B99A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Times New Roman" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="31902E87"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3ECA400E"/>
     <w:lvl w:ilvl="0" w:tplc="A1141EAE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -1933,51 +2100,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="34A96629"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="845C5B82"/>
     <w:lvl w:ilvl="0" w:tplc="1E54EC32">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Bulletlevel1"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -2047,51 +2214,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="36692AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FE8627B6"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -2133,51 +2300,164 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="594C09AE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2B9C4A72"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5D775DB3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C7721EAC"/>
     <w:lvl w:ilvl="0" w:tplc="A1141EAE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -2222,54 +2502,54 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="7BDD21AF"/>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="740108EA"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="BC36075C"/>
+    <w:tmpl w:val="71844D88"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -2372,601 +2652,630 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1832677683">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1089690354">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="782000219">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1089690354">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="4" w16cid:durableId="1519008400">
+    <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="782000219">
+  <w:num w:numId="5" w16cid:durableId="466975400">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="740634560">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="884678595">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1519008400">
-[...6 lines deleted...]
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="8" w16cid:durableId="434520287">
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="1"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="94"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1021" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0033616F"/>
     <w:rsid w:val="0000053A"/>
     <w:rsid w:val="000021C6"/>
     <w:rsid w:val="000059EB"/>
     <w:rsid w:val="0001072E"/>
     <w:rsid w:val="00014D3E"/>
     <w:rsid w:val="00021CE6"/>
     <w:rsid w:val="000279B9"/>
     <w:rsid w:val="000312B7"/>
     <w:rsid w:val="0003485D"/>
     <w:rsid w:val="0003585C"/>
     <w:rsid w:val="00036116"/>
+    <w:rsid w:val="000412AC"/>
+    <w:rsid w:val="00053648"/>
     <w:rsid w:val="00060085"/>
     <w:rsid w:val="000710CC"/>
     <w:rsid w:val="00071C6A"/>
     <w:rsid w:val="00073965"/>
     <w:rsid w:val="00080F1F"/>
     <w:rsid w:val="00083C8B"/>
     <w:rsid w:val="00084C0D"/>
     <w:rsid w:val="00092BDB"/>
+    <w:rsid w:val="00092CCB"/>
     <w:rsid w:val="00093681"/>
     <w:rsid w:val="00094B8B"/>
     <w:rsid w:val="000A24FD"/>
     <w:rsid w:val="000B0E30"/>
     <w:rsid w:val="000C2599"/>
+    <w:rsid w:val="000C2745"/>
     <w:rsid w:val="000D06B6"/>
+    <w:rsid w:val="000E410E"/>
     <w:rsid w:val="000F0737"/>
     <w:rsid w:val="000F08CD"/>
     <w:rsid w:val="000F7008"/>
     <w:rsid w:val="000F7F7D"/>
     <w:rsid w:val="00112464"/>
     <w:rsid w:val="00123DF6"/>
     <w:rsid w:val="001257AA"/>
     <w:rsid w:val="001261A0"/>
+    <w:rsid w:val="0012757C"/>
     <w:rsid w:val="00132007"/>
     <w:rsid w:val="001378E1"/>
     <w:rsid w:val="00142046"/>
     <w:rsid w:val="001438E5"/>
     <w:rsid w:val="001524F5"/>
     <w:rsid w:val="00154797"/>
-    <w:rsid w:val="00157464"/>
     <w:rsid w:val="001615A6"/>
     <w:rsid w:val="0016296E"/>
     <w:rsid w:val="00165DB4"/>
     <w:rsid w:val="00166D92"/>
     <w:rsid w:val="00173F6B"/>
     <w:rsid w:val="00174E25"/>
     <w:rsid w:val="001857C6"/>
     <w:rsid w:val="00187039"/>
     <w:rsid w:val="001900FE"/>
     <w:rsid w:val="001A0D89"/>
     <w:rsid w:val="001A2043"/>
+    <w:rsid w:val="001A3457"/>
     <w:rsid w:val="001A7C62"/>
-    <w:rsid w:val="001B1CF3"/>
     <w:rsid w:val="001B4E39"/>
     <w:rsid w:val="001B76BA"/>
     <w:rsid w:val="001C25AE"/>
     <w:rsid w:val="001D4480"/>
     <w:rsid w:val="001E3616"/>
     <w:rsid w:val="001E4B27"/>
+    <w:rsid w:val="001F598A"/>
     <w:rsid w:val="001F66C8"/>
     <w:rsid w:val="00202D35"/>
     <w:rsid w:val="00204F9F"/>
     <w:rsid w:val="00211EAF"/>
     <w:rsid w:val="002161AE"/>
     <w:rsid w:val="00225360"/>
     <w:rsid w:val="002278E8"/>
     <w:rsid w:val="002418A0"/>
     <w:rsid w:val="002454D6"/>
     <w:rsid w:val="00246059"/>
+    <w:rsid w:val="00251649"/>
     <w:rsid w:val="002866D1"/>
     <w:rsid w:val="0029104E"/>
     <w:rsid w:val="00291253"/>
     <w:rsid w:val="002917B4"/>
     <w:rsid w:val="00293887"/>
     <w:rsid w:val="002A1F17"/>
     <w:rsid w:val="002A2B4A"/>
     <w:rsid w:val="002A2CBC"/>
     <w:rsid w:val="002A5149"/>
-    <w:rsid w:val="002B1355"/>
     <w:rsid w:val="002B6E67"/>
     <w:rsid w:val="002D0F46"/>
     <w:rsid w:val="002E1E9C"/>
     <w:rsid w:val="002F37EE"/>
     <w:rsid w:val="002F6F33"/>
     <w:rsid w:val="00304A21"/>
     <w:rsid w:val="00311A89"/>
     <w:rsid w:val="00315B0B"/>
     <w:rsid w:val="00316D93"/>
     <w:rsid w:val="00320FA5"/>
     <w:rsid w:val="003268C6"/>
     <w:rsid w:val="00327BF2"/>
     <w:rsid w:val="0033616F"/>
     <w:rsid w:val="00341DEF"/>
-    <w:rsid w:val="00345207"/>
+    <w:rsid w:val="0034267F"/>
     <w:rsid w:val="00351943"/>
     <w:rsid w:val="00351BB1"/>
     <w:rsid w:val="003528CB"/>
     <w:rsid w:val="00353755"/>
     <w:rsid w:val="0035695B"/>
     <w:rsid w:val="00360D15"/>
     <w:rsid w:val="00364E18"/>
     <w:rsid w:val="00365F02"/>
     <w:rsid w:val="00376477"/>
     <w:rsid w:val="00380EAF"/>
     <w:rsid w:val="00382300"/>
     <w:rsid w:val="00385A71"/>
     <w:rsid w:val="00390F38"/>
     <w:rsid w:val="00395435"/>
     <w:rsid w:val="003A24B3"/>
     <w:rsid w:val="003A7EAB"/>
     <w:rsid w:val="003B2825"/>
     <w:rsid w:val="003B5F27"/>
     <w:rsid w:val="003B6777"/>
     <w:rsid w:val="003B6B50"/>
-    <w:rsid w:val="003B6C71"/>
     <w:rsid w:val="003B6EDD"/>
     <w:rsid w:val="003C273F"/>
     <w:rsid w:val="003C54C6"/>
     <w:rsid w:val="003C69E3"/>
     <w:rsid w:val="003D0EEA"/>
-    <w:rsid w:val="003D160A"/>
+    <w:rsid w:val="003D3089"/>
     <w:rsid w:val="003D5281"/>
     <w:rsid w:val="003D7DDB"/>
-    <w:rsid w:val="003E4ABF"/>
     <w:rsid w:val="003E61C8"/>
     <w:rsid w:val="003E6305"/>
     <w:rsid w:val="003F02F6"/>
     <w:rsid w:val="003F0BCF"/>
     <w:rsid w:val="003F1DA3"/>
     <w:rsid w:val="003F3372"/>
     <w:rsid w:val="003F4311"/>
-    <w:rsid w:val="004124D3"/>
     <w:rsid w:val="004155A6"/>
     <w:rsid w:val="00422EA3"/>
     <w:rsid w:val="0042556A"/>
     <w:rsid w:val="0042667B"/>
     <w:rsid w:val="0043639D"/>
     <w:rsid w:val="00450F87"/>
     <w:rsid w:val="00452403"/>
     <w:rsid w:val="004538E5"/>
     <w:rsid w:val="0046311D"/>
+    <w:rsid w:val="00463901"/>
+    <w:rsid w:val="00465C06"/>
     <w:rsid w:val="00467A3B"/>
     <w:rsid w:val="004755B5"/>
     <w:rsid w:val="0047648E"/>
     <w:rsid w:val="00477909"/>
     <w:rsid w:val="004850E1"/>
     <w:rsid w:val="00492EF9"/>
-    <w:rsid w:val="004975D9"/>
     <w:rsid w:val="004A554F"/>
     <w:rsid w:val="004B0806"/>
-    <w:rsid w:val="004B519D"/>
     <w:rsid w:val="004C059F"/>
-    <w:rsid w:val="004C5A40"/>
+    <w:rsid w:val="004C0C26"/>
     <w:rsid w:val="004D3A98"/>
     <w:rsid w:val="004D4AE1"/>
+    <w:rsid w:val="004D6FAC"/>
     <w:rsid w:val="004E49D1"/>
     <w:rsid w:val="004F0146"/>
-    <w:rsid w:val="004F4918"/>
     <w:rsid w:val="00502866"/>
     <w:rsid w:val="00505391"/>
     <w:rsid w:val="00511650"/>
     <w:rsid w:val="00514080"/>
     <w:rsid w:val="00517F56"/>
+    <w:rsid w:val="005227AB"/>
+    <w:rsid w:val="00523AA1"/>
     <w:rsid w:val="0052459C"/>
     <w:rsid w:val="005258AA"/>
     <w:rsid w:val="00526BF0"/>
     <w:rsid w:val="0052750E"/>
     <w:rsid w:val="005310A9"/>
     <w:rsid w:val="00533546"/>
     <w:rsid w:val="00533E87"/>
     <w:rsid w:val="00535D43"/>
     <w:rsid w:val="00536CB6"/>
     <w:rsid w:val="005459DB"/>
     <w:rsid w:val="00553DBB"/>
     <w:rsid w:val="00553FA5"/>
     <w:rsid w:val="00563404"/>
     <w:rsid w:val="00565EF7"/>
+    <w:rsid w:val="00572938"/>
     <w:rsid w:val="005755B0"/>
-    <w:rsid w:val="005815E4"/>
     <w:rsid w:val="005858C2"/>
     <w:rsid w:val="00587682"/>
     <w:rsid w:val="00592C19"/>
-    <w:rsid w:val="005930B8"/>
     <w:rsid w:val="00595AD9"/>
     <w:rsid w:val="00596B3F"/>
     <w:rsid w:val="005A124E"/>
+    <w:rsid w:val="005A19AC"/>
     <w:rsid w:val="005A2709"/>
     <w:rsid w:val="005A3A8F"/>
     <w:rsid w:val="005A4F09"/>
     <w:rsid w:val="005A56A1"/>
+    <w:rsid w:val="005A5D32"/>
     <w:rsid w:val="005B6543"/>
     <w:rsid w:val="005C528C"/>
     <w:rsid w:val="005C57E2"/>
     <w:rsid w:val="005D1779"/>
     <w:rsid w:val="005D2258"/>
+    <w:rsid w:val="005E3C45"/>
     <w:rsid w:val="005E5D99"/>
     <w:rsid w:val="005F2427"/>
     <w:rsid w:val="005F269D"/>
     <w:rsid w:val="005F73B7"/>
     <w:rsid w:val="00603773"/>
-    <w:rsid w:val="00606D08"/>
+    <w:rsid w:val="00605ED1"/>
     <w:rsid w:val="00607CDE"/>
     <w:rsid w:val="0061594E"/>
     <w:rsid w:val="00616DD4"/>
     <w:rsid w:val="0062081C"/>
+    <w:rsid w:val="0062247F"/>
     <w:rsid w:val="00640547"/>
+    <w:rsid w:val="00640E6A"/>
     <w:rsid w:val="00642575"/>
     <w:rsid w:val="0064596D"/>
     <w:rsid w:val="00645F36"/>
     <w:rsid w:val="006535A3"/>
     <w:rsid w:val="006563A3"/>
     <w:rsid w:val="006619E3"/>
     <w:rsid w:val="00664734"/>
-    <w:rsid w:val="00665C39"/>
+    <w:rsid w:val="00670A0D"/>
     <w:rsid w:val="0067221A"/>
     <w:rsid w:val="00672248"/>
     <w:rsid w:val="00672D78"/>
     <w:rsid w:val="00684565"/>
     <w:rsid w:val="00687A9D"/>
     <w:rsid w:val="00692C07"/>
     <w:rsid w:val="00694139"/>
     <w:rsid w:val="006A0043"/>
     <w:rsid w:val="006A0EAD"/>
     <w:rsid w:val="006A1E8A"/>
     <w:rsid w:val="006A4638"/>
     <w:rsid w:val="006A58DB"/>
     <w:rsid w:val="006A610B"/>
     <w:rsid w:val="006B20E0"/>
     <w:rsid w:val="006B5DFF"/>
     <w:rsid w:val="006C69D1"/>
     <w:rsid w:val="006F7788"/>
     <w:rsid w:val="00702D38"/>
     <w:rsid w:val="007048C6"/>
     <w:rsid w:val="00710E3F"/>
     <w:rsid w:val="0071190B"/>
     <w:rsid w:val="00711FEB"/>
     <w:rsid w:val="00715E69"/>
-    <w:rsid w:val="0072083B"/>
     <w:rsid w:val="00727F77"/>
     <w:rsid w:val="00736CD9"/>
     <w:rsid w:val="007372A9"/>
     <w:rsid w:val="00752A13"/>
     <w:rsid w:val="00756F1B"/>
     <w:rsid w:val="007603E5"/>
     <w:rsid w:val="00760731"/>
     <w:rsid w:val="00761C29"/>
     <w:rsid w:val="00763583"/>
     <w:rsid w:val="00787F32"/>
     <w:rsid w:val="00790E18"/>
     <w:rsid w:val="00792E71"/>
     <w:rsid w:val="007947FF"/>
-    <w:rsid w:val="00797495"/>
+    <w:rsid w:val="007A19AC"/>
     <w:rsid w:val="007A5208"/>
     <w:rsid w:val="007A57E5"/>
     <w:rsid w:val="007B24C6"/>
     <w:rsid w:val="007B3519"/>
     <w:rsid w:val="007B3884"/>
     <w:rsid w:val="007B44A9"/>
     <w:rsid w:val="007B5180"/>
     <w:rsid w:val="007C0CF7"/>
     <w:rsid w:val="007C4550"/>
     <w:rsid w:val="007D16EE"/>
     <w:rsid w:val="007D2FE0"/>
     <w:rsid w:val="007D5FFB"/>
     <w:rsid w:val="007D6DB7"/>
     <w:rsid w:val="007E3F82"/>
-    <w:rsid w:val="007E72F4"/>
     <w:rsid w:val="007F2947"/>
     <w:rsid w:val="007F2FC5"/>
     <w:rsid w:val="007F6049"/>
     <w:rsid w:val="007F625D"/>
     <w:rsid w:val="00807E65"/>
     <w:rsid w:val="00827F7F"/>
     <w:rsid w:val="00830447"/>
     <w:rsid w:val="00831E81"/>
     <w:rsid w:val="008335DF"/>
-    <w:rsid w:val="00862BDF"/>
+    <w:rsid w:val="008416C4"/>
     <w:rsid w:val="00863445"/>
     <w:rsid w:val="008635B2"/>
     <w:rsid w:val="00873709"/>
     <w:rsid w:val="0088063A"/>
     <w:rsid w:val="00880871"/>
     <w:rsid w:val="00881F87"/>
+    <w:rsid w:val="00882001"/>
     <w:rsid w:val="008934F1"/>
     <w:rsid w:val="00895814"/>
+    <w:rsid w:val="008A13EF"/>
+    <w:rsid w:val="008A33CC"/>
     <w:rsid w:val="008A42B6"/>
-    <w:rsid w:val="008A44BA"/>
     <w:rsid w:val="008B064F"/>
+    <w:rsid w:val="008B40A5"/>
     <w:rsid w:val="008B53A1"/>
     <w:rsid w:val="008C3779"/>
     <w:rsid w:val="008C4E1C"/>
+    <w:rsid w:val="008C622B"/>
+    <w:rsid w:val="008E0EAE"/>
+    <w:rsid w:val="008E45EE"/>
     <w:rsid w:val="00900132"/>
     <w:rsid w:val="00907E10"/>
-    <w:rsid w:val="009158B5"/>
-    <w:rsid w:val="00921DFE"/>
     <w:rsid w:val="009234CD"/>
     <w:rsid w:val="00937335"/>
     <w:rsid w:val="00945F29"/>
     <w:rsid w:val="009504E9"/>
     <w:rsid w:val="00950B34"/>
     <w:rsid w:val="009542B6"/>
-    <w:rsid w:val="00955140"/>
+    <w:rsid w:val="00962963"/>
     <w:rsid w:val="00964FA4"/>
     <w:rsid w:val="009751A9"/>
     <w:rsid w:val="00975B48"/>
     <w:rsid w:val="009771F5"/>
     <w:rsid w:val="0099038C"/>
     <w:rsid w:val="00994B13"/>
     <w:rsid w:val="009A00A4"/>
     <w:rsid w:val="009A05B0"/>
     <w:rsid w:val="009A41AD"/>
     <w:rsid w:val="009A5E75"/>
     <w:rsid w:val="009A6C50"/>
-    <w:rsid w:val="009B4EE6"/>
+    <w:rsid w:val="009B2CCD"/>
     <w:rsid w:val="009C7F26"/>
     <w:rsid w:val="009D3681"/>
-    <w:rsid w:val="009D4066"/>
+    <w:rsid w:val="009D7B8F"/>
     <w:rsid w:val="009E48C2"/>
     <w:rsid w:val="009E4C24"/>
     <w:rsid w:val="009E67FD"/>
-    <w:rsid w:val="00A021FC"/>
     <w:rsid w:val="00A11315"/>
     <w:rsid w:val="00A118E4"/>
     <w:rsid w:val="00A15472"/>
     <w:rsid w:val="00A161E6"/>
-    <w:rsid w:val="00A20883"/>
+    <w:rsid w:val="00A203A6"/>
     <w:rsid w:val="00A229E1"/>
     <w:rsid w:val="00A2487B"/>
     <w:rsid w:val="00A25A4E"/>
     <w:rsid w:val="00A262C2"/>
+    <w:rsid w:val="00A32C07"/>
     <w:rsid w:val="00A35935"/>
     <w:rsid w:val="00A4094C"/>
     <w:rsid w:val="00A43D15"/>
     <w:rsid w:val="00A52AB7"/>
-    <w:rsid w:val="00A61404"/>
     <w:rsid w:val="00A64974"/>
     <w:rsid w:val="00A72150"/>
     <w:rsid w:val="00A80873"/>
     <w:rsid w:val="00A8116E"/>
     <w:rsid w:val="00A91623"/>
     <w:rsid w:val="00A92922"/>
     <w:rsid w:val="00A92C38"/>
-    <w:rsid w:val="00A934A3"/>
+    <w:rsid w:val="00A97DD0"/>
     <w:rsid w:val="00AB54C7"/>
     <w:rsid w:val="00AC274C"/>
     <w:rsid w:val="00AC768A"/>
     <w:rsid w:val="00AD3531"/>
     <w:rsid w:val="00AE0570"/>
     <w:rsid w:val="00AE149D"/>
+    <w:rsid w:val="00AE6CE3"/>
     <w:rsid w:val="00AF027D"/>
     <w:rsid w:val="00AF4017"/>
     <w:rsid w:val="00AF51DB"/>
     <w:rsid w:val="00AF7678"/>
     <w:rsid w:val="00B00E74"/>
     <w:rsid w:val="00B07DD7"/>
-    <w:rsid w:val="00B1308C"/>
+    <w:rsid w:val="00B100C4"/>
     <w:rsid w:val="00B26916"/>
-    <w:rsid w:val="00B27A23"/>
     <w:rsid w:val="00B3386D"/>
     <w:rsid w:val="00B34A7D"/>
     <w:rsid w:val="00B4348F"/>
-    <w:rsid w:val="00B44967"/>
     <w:rsid w:val="00B44F0C"/>
     <w:rsid w:val="00B4565A"/>
     <w:rsid w:val="00B51E4D"/>
     <w:rsid w:val="00B53023"/>
-    <w:rsid w:val="00B61009"/>
     <w:rsid w:val="00B627B9"/>
-    <w:rsid w:val="00B7205C"/>
     <w:rsid w:val="00B92F5B"/>
     <w:rsid w:val="00B9529F"/>
     <w:rsid w:val="00BA026E"/>
     <w:rsid w:val="00BA669E"/>
     <w:rsid w:val="00BA6C18"/>
+    <w:rsid w:val="00BB27A6"/>
     <w:rsid w:val="00BB6015"/>
     <w:rsid w:val="00BB775A"/>
     <w:rsid w:val="00BB79E6"/>
     <w:rsid w:val="00BC15F7"/>
     <w:rsid w:val="00BC45B4"/>
     <w:rsid w:val="00BC5A68"/>
     <w:rsid w:val="00BC5AEE"/>
     <w:rsid w:val="00BD22CF"/>
     <w:rsid w:val="00BE049B"/>
-    <w:rsid w:val="00BE15DD"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00C03848"/>
     <w:rsid w:val="00C05389"/>
+    <w:rsid w:val="00C124A1"/>
     <w:rsid w:val="00C15E34"/>
+    <w:rsid w:val="00C25628"/>
     <w:rsid w:val="00C316E8"/>
     <w:rsid w:val="00C356C3"/>
     <w:rsid w:val="00C35D9A"/>
-    <w:rsid w:val="00C403B7"/>
     <w:rsid w:val="00C419CB"/>
     <w:rsid w:val="00C430F3"/>
     <w:rsid w:val="00C51F2B"/>
     <w:rsid w:val="00C6238B"/>
     <w:rsid w:val="00C64E2E"/>
     <w:rsid w:val="00C80F8A"/>
     <w:rsid w:val="00C82394"/>
     <w:rsid w:val="00C87EF3"/>
     <w:rsid w:val="00C9011E"/>
-    <w:rsid w:val="00C932F0"/>
+    <w:rsid w:val="00C97DCF"/>
     <w:rsid w:val="00CA45F0"/>
     <w:rsid w:val="00CA48DD"/>
+    <w:rsid w:val="00CA50B7"/>
     <w:rsid w:val="00CA5A95"/>
     <w:rsid w:val="00CB49CD"/>
     <w:rsid w:val="00CB783C"/>
     <w:rsid w:val="00CC3213"/>
-    <w:rsid w:val="00CD4921"/>
     <w:rsid w:val="00CE0617"/>
     <w:rsid w:val="00CE40F4"/>
     <w:rsid w:val="00CF3284"/>
     <w:rsid w:val="00CF3C31"/>
     <w:rsid w:val="00CF3C92"/>
-    <w:rsid w:val="00CF743D"/>
+    <w:rsid w:val="00CF7B69"/>
+    <w:rsid w:val="00D00D1F"/>
     <w:rsid w:val="00D12167"/>
     <w:rsid w:val="00D12B4F"/>
     <w:rsid w:val="00D15A51"/>
     <w:rsid w:val="00D16C18"/>
     <w:rsid w:val="00D21F14"/>
     <w:rsid w:val="00D26E68"/>
     <w:rsid w:val="00D34D33"/>
     <w:rsid w:val="00D3781A"/>
     <w:rsid w:val="00D446AF"/>
     <w:rsid w:val="00D45624"/>
     <w:rsid w:val="00D60947"/>
     <w:rsid w:val="00D60CD6"/>
     <w:rsid w:val="00D72DF3"/>
     <w:rsid w:val="00D73DC7"/>
     <w:rsid w:val="00D74B59"/>
     <w:rsid w:val="00D74F84"/>
     <w:rsid w:val="00D7633F"/>
     <w:rsid w:val="00D8287F"/>
     <w:rsid w:val="00D86ED1"/>
     <w:rsid w:val="00D9385E"/>
     <w:rsid w:val="00D93DE1"/>
     <w:rsid w:val="00D957C3"/>
     <w:rsid w:val="00D96426"/>
-    <w:rsid w:val="00DA07B3"/>
     <w:rsid w:val="00DA0AE5"/>
     <w:rsid w:val="00DA305F"/>
     <w:rsid w:val="00DA58E9"/>
     <w:rsid w:val="00DB2B7E"/>
+    <w:rsid w:val="00DC4FED"/>
     <w:rsid w:val="00DD259D"/>
     <w:rsid w:val="00DD35A9"/>
     <w:rsid w:val="00DD59D0"/>
+    <w:rsid w:val="00DD5F3F"/>
     <w:rsid w:val="00DD6770"/>
+    <w:rsid w:val="00DD6855"/>
     <w:rsid w:val="00DD6E80"/>
     <w:rsid w:val="00DE3156"/>
     <w:rsid w:val="00DE33AC"/>
     <w:rsid w:val="00DE33E1"/>
     <w:rsid w:val="00DE4D05"/>
     <w:rsid w:val="00DE7B51"/>
     <w:rsid w:val="00DE7BB7"/>
     <w:rsid w:val="00DF63F8"/>
-    <w:rsid w:val="00DF6A73"/>
     <w:rsid w:val="00E00F80"/>
     <w:rsid w:val="00E02FED"/>
     <w:rsid w:val="00E041CC"/>
     <w:rsid w:val="00E0473F"/>
     <w:rsid w:val="00E059C8"/>
     <w:rsid w:val="00E134DD"/>
     <w:rsid w:val="00E24C54"/>
     <w:rsid w:val="00E25524"/>
     <w:rsid w:val="00E2777C"/>
     <w:rsid w:val="00E3193E"/>
     <w:rsid w:val="00E32D9B"/>
     <w:rsid w:val="00E33EA8"/>
+    <w:rsid w:val="00E34E83"/>
     <w:rsid w:val="00E36454"/>
+    <w:rsid w:val="00E40FF2"/>
     <w:rsid w:val="00E451E0"/>
+    <w:rsid w:val="00E4735B"/>
+    <w:rsid w:val="00E5406D"/>
     <w:rsid w:val="00E54076"/>
     <w:rsid w:val="00E569B2"/>
     <w:rsid w:val="00E6125F"/>
     <w:rsid w:val="00E63622"/>
     <w:rsid w:val="00E6671F"/>
     <w:rsid w:val="00E732F5"/>
     <w:rsid w:val="00E7447A"/>
+    <w:rsid w:val="00E77C5C"/>
     <w:rsid w:val="00E83C6B"/>
     <w:rsid w:val="00E869AE"/>
     <w:rsid w:val="00E93275"/>
     <w:rsid w:val="00EA2BB7"/>
     <w:rsid w:val="00EA7316"/>
+    <w:rsid w:val="00EB1504"/>
     <w:rsid w:val="00EB5208"/>
     <w:rsid w:val="00EB59E0"/>
     <w:rsid w:val="00EC1F9D"/>
     <w:rsid w:val="00EC6D84"/>
     <w:rsid w:val="00ED27FE"/>
     <w:rsid w:val="00ED71B4"/>
     <w:rsid w:val="00ED788B"/>
     <w:rsid w:val="00EE5B20"/>
     <w:rsid w:val="00EE756F"/>
     <w:rsid w:val="00EF374D"/>
+    <w:rsid w:val="00F043AF"/>
     <w:rsid w:val="00F10B09"/>
+    <w:rsid w:val="00F13F29"/>
     <w:rsid w:val="00F140DC"/>
     <w:rsid w:val="00F15498"/>
     <w:rsid w:val="00F228E3"/>
+    <w:rsid w:val="00F25199"/>
     <w:rsid w:val="00F40A79"/>
     <w:rsid w:val="00F42B8D"/>
     <w:rsid w:val="00F46AC6"/>
+    <w:rsid w:val="00F47A27"/>
     <w:rsid w:val="00F505AC"/>
     <w:rsid w:val="00F54298"/>
     <w:rsid w:val="00F560F5"/>
     <w:rsid w:val="00F57186"/>
-    <w:rsid w:val="00F67352"/>
+    <w:rsid w:val="00F7214A"/>
     <w:rsid w:val="00F735F2"/>
     <w:rsid w:val="00F74E30"/>
+    <w:rsid w:val="00F7782D"/>
+    <w:rsid w:val="00F86982"/>
     <w:rsid w:val="00F87EE1"/>
     <w:rsid w:val="00F95288"/>
-    <w:rsid w:val="00F97063"/>
     <w:rsid w:val="00FA0A63"/>
     <w:rsid w:val="00FA1E87"/>
     <w:rsid w:val="00FA5383"/>
+    <w:rsid w:val="00FA5F44"/>
     <w:rsid w:val="00FC473E"/>
     <w:rsid w:val="00FC6560"/>
+    <w:rsid w:val="00FD3034"/>
+    <w:rsid w:val="00FE4634"/>
     <w:rsid w:val="00FF687B"/>
     <w:rsid w:val="00FF74E3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
@@ -6290,51 +6599,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2135442763">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://westberks.gov.uk/springfield-school-streets-consultation" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://decisionmaking.westberks.gov.uk/ieListMeetings.aspx?CId=116&amp;Year=0" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tsadvice@westberks.gov.uk" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.westberks.gov.uk/thatcham-20" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://news.info.westberks.gov.uk/E62F4D427BAA16E7D5D2D41D83758D0A80C3B712C8A523E462F95E786B3921A7/4541330587ADCC8B4067D62067941720/LE35" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://westberks.gov.uk/newbury-town-centre-pedestrianisation" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://news.info.westberks.gov.uk/4663A78CF41A0FFF23C0FEE88E7B4760A3D42C1A69956A121E383A86B5C05A1E/4541330587ADCC8B4067D62067941720/LE35" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.westberks.gov.uk/health-visiting-service-feedback-survey" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.newburytoday.co.uk/news/tories-to-boycott-west-berkshire-council-budget-meeting-9450864/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://activetravel.wbcroadsafety.co.uk/?utm_source=e-shot&amp;utm_medium=email&amp;utm_campaign=Residents+Bulletin+21+January+2026" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://decisionmaking.westberks.gov.uk/ieListMeetings.aspx?CId=116&amp;Year=0" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://news.info.westberks.gov.uk/0122965AE696DC34BE3C549E0AE61FC51D27FCC74210F3F33B3A95C6315F993D/4541330587ADCC8B4067D62067941720/LE35" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://news.info.westberks.gov.uk/1E84FC6433D8207D9C576E78537DA2388829CB924F729A55A8BD1E47488F2BF8/4541330587ADCC8B4067D62067941720/LE35" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Amie.Norkett1@westberks.gov.uk" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.westberks.gov.uk/victoria-park-nursery-resource-base" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://decisionmaking.westberks.gov.uk/ieListMeetings.aspx?CId=117&amp;Year=0" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.newburytoday.co.uk/news/council-in-cash-meltdown-as-redundancies-are-on-the-agenda-9451022/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -6574,71 +6883,71 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FCE6E748-9EB0-4584-9567-994286D6F4E5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>7544</Characters>
+  <Pages>5</Pages>
+  <Words>1650</Words>
+  <Characters>9090</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>62</Lines>
-  <Paragraphs>17</Paragraphs>
+  <Lines>200</Lines>
+  <Paragraphs>91</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>West Berkshire Council</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8850</CharactersWithSpaces>
+  <CharactersWithSpaces>10669</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Graham Bridgman</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>