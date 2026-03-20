--- v2 (2026-02-04)
+++ v3 (2026-03-20)
@@ -61,1755 +61,1967 @@
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6188710" cy="1092200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C78CB35" w14:textId="68201ACC" w:rsidR="00F95288" w:rsidRDefault="00F95288" w:rsidP="00F95288">
+    <w:p w14:paraId="0C78CB35" w14:textId="23FF6F4D" w:rsidR="00F95288" w:rsidRDefault="00F95288" w:rsidP="00F95288">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Council Report for </w:t>
       </w:r>
-      <w:r w:rsidR="005227AB">
-        <w:t>January</w:t>
+      <w:r w:rsidR="002D75B0">
+        <w:t>February</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 202</w:t>
       </w:r>
       <w:r w:rsidR="008B40A5">
         <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="111859FE" w14:textId="77777777" w:rsidR="00F95288" w:rsidRDefault="00F95288" w:rsidP="00F95288">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>Written by your local Conservative team to keep you up to date.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15E44C9B" w14:textId="70088084" w:rsidR="00AE0570" w:rsidRPr="00AE0570" w:rsidRDefault="00AE0570" w:rsidP="00251649">
+    <w:p w14:paraId="15E44C9B" w14:textId="01B4612D" w:rsidR="00AE0570" w:rsidRPr="00AE0570" w:rsidRDefault="00AE0570" w:rsidP="00AE0570">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Cllr </w:t>
-[...2 lines deleted...]
-        <w:t>Clive Hooker</w:t>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00F46F55">
+        <w:t>ouncillor Clive Hooker</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">, </w:t>
-[...5 lines deleted...]
-        <w:t>Ward</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F46F55">
+        <w:t>Downlands Ward</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F8899CA" w14:textId="77777777" w:rsidR="003B5F27" w:rsidRPr="003B5F27" w:rsidRDefault="003B5F27" w:rsidP="00154797">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="003B5F27">
         <w:t>West Berkshire Council</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F8899CB" w14:textId="77777777" w:rsidR="003B5F27" w:rsidRPr="003B5F27" w:rsidRDefault="003B5F27" w:rsidP="003B5F27">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r w:rsidRPr="003B5F27">
         <w:t>Council</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C6E2EE0" w14:textId="12B02D68" w:rsidR="001438E5" w:rsidRDefault="00C05389" w:rsidP="001438E5">
+    <w:p w14:paraId="3C6E2EE0" w14:textId="71FBDD82" w:rsidR="001438E5" w:rsidRDefault="00C05389" w:rsidP="001438E5">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
         <w:t>Council</w:t>
       </w:r>
       <w:r w:rsidRPr="003B5F27">
         <w:t xml:space="preserve"> met on </w:t>
       </w:r>
-      <w:r w:rsidR="00F7214A">
-        <w:t>29 January</w:t>
+      <w:r w:rsidR="002D75B0">
+        <w:t>26 February</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001438E5">
         <w:t>to discuss</w:t>
       </w:r>
       <w:r w:rsidR="001438E5" w:rsidRPr="003B5F27">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65408CAB" w14:textId="77777777" w:rsidR="00AE6CE3" w:rsidRDefault="00AE6CE3" w:rsidP="00AE6CE3">
+    <w:p w14:paraId="29A9BD2C" w14:textId="77777777" w:rsidR="00BE190B" w:rsidRDefault="00BE190B" w:rsidP="001438E5">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>The Budget</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="705FA826" w14:textId="6FCB1919" w:rsidR="00094B8B" w:rsidRDefault="002B333E" w:rsidP="00BE190B">
       <w:pPr>
         <w:pStyle w:val="Bulletlevel1"/>
         <w:numPr>
-          <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AE6CE3">
-[...3 lines deleted...]
-    <w:p w14:paraId="54BC9ACE" w14:textId="05DC088C" w:rsidR="00C05389" w:rsidRPr="003B5F27" w:rsidRDefault="00C05389" w:rsidP="00094B8B">
+      <w:r w:rsidRPr="002B333E">
+        <w:t>Medium-Term Financial Strategy: Financial Years 2026-2030 (C4678)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D9627B2" w14:textId="0E8F16E1" w:rsidR="002B333E" w:rsidRDefault="00AE0562" w:rsidP="00BE190B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE0562">
+        <w:t>Treasury Management: Investment and Borrowing Strategy (C4679)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AC188E7" w14:textId="5E7DC386" w:rsidR="00AE0562" w:rsidRDefault="00AE0562" w:rsidP="00BE190B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE0562">
+        <w:t>Capital Strategy and Supporting Programme: Financial Years 2026/27 - 2029/30 (C4681)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B827FFA" w14:textId="68F5B3F6" w:rsidR="00AE0562" w:rsidRDefault="002A7A39" w:rsidP="00BE190B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A7A39">
+        <w:t>Financial Year 2026/27: Revenue Budget (C4680)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54BC9ACE" w14:textId="34DF2A1F" w:rsidR="00C05389" w:rsidRPr="003B5F27" w:rsidRDefault="00C05389" w:rsidP="00094B8B">
       <w:pPr>
         <w:pStyle w:val="Bulletlevel1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="003B5F27">
         <w:t xml:space="preserve">Papers and a recording of the meeting can be found </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
         <w:r w:rsidRPr="003B5F27">
           <w:rPr>
             <w:color w:val="008855"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003B5F27">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F8899D3" w14:textId="6CF4E987" w:rsidR="00A262C2" w:rsidRDefault="00A262C2" w:rsidP="00A262C2">
+    <w:p w14:paraId="6F8899D3" w14:textId="3FD91903" w:rsidR="00A262C2" w:rsidRDefault="00A262C2" w:rsidP="00A262C2">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="003B5F27">
         <w:t xml:space="preserve">The next meeting is on </w:t>
       </w:r>
-      <w:r w:rsidR="00A32C07">
-        <w:t>26 February</w:t>
+      <w:r w:rsidR="005C14F3">
+        <w:t>26 March</w:t>
       </w:r>
       <w:r w:rsidRPr="003B5F27">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B58BBD6" w14:textId="0EFE1850" w:rsidR="004C0C26" w:rsidRDefault="004C0C26" w:rsidP="004C0C26">
-[...118 lines deleted...]
-    <w:p w14:paraId="6F8899D4" w14:textId="65F2B6B9" w:rsidR="00A262C2" w:rsidRDefault="00A262C2" w:rsidP="00A262C2">
+    <w:p w14:paraId="6F8899D4" w14:textId="77777777" w:rsidR="00A262C2" w:rsidRDefault="00A262C2" w:rsidP="00A262C2">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r w:rsidRPr="003B5F27">
         <w:t>Executive</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BD76621" w14:textId="53E3064D" w:rsidR="009542B6" w:rsidRPr="003B5F27" w:rsidRDefault="009542B6" w:rsidP="009542B6">
+    <w:p w14:paraId="3BD76621" w14:textId="0CA3B487" w:rsidR="009542B6" w:rsidRPr="003B5F27" w:rsidRDefault="009542B6" w:rsidP="009542B6">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Executive </w:t>
       </w:r>
       <w:r w:rsidRPr="003B5F27">
-        <w:t xml:space="preserve">met on </w:t>
-[...2 lines deleted...]
-        <w:t>29 January</w:t>
+        <w:t>met on</w:t>
+      </w:r>
+      <w:r w:rsidR="00566917">
+        <w:t xml:space="preserve"> 12 February</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001438E5">
         <w:t>to discuss</w:t>
       </w:r>
       <w:r w:rsidRPr="003B5F27">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AAF3A5C" w14:textId="77777777" w:rsidR="00882001" w:rsidRDefault="00882001" w:rsidP="00882001">
+    <w:p w14:paraId="5DB2C850" w14:textId="77777777" w:rsidR="002A7A39" w:rsidRDefault="002A7A39" w:rsidP="002A7A39">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>The Budget</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BB92956" w14:textId="5D8EC54C" w:rsidR="002A7A39" w:rsidRDefault="002A7A39" w:rsidP="002A7A39">
       <w:pPr>
         <w:pStyle w:val="Bulletlevel1"/>
         <w:numPr>
-          <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00882001">
-[...3 lines deleted...]
-    <w:p w14:paraId="6F8899E1" w14:textId="726E8512" w:rsidR="00A262C2" w:rsidRPr="003B5F27" w:rsidRDefault="009542B6" w:rsidP="00DC4FED">
+      <w:r w:rsidRPr="002B333E">
+        <w:t>Medium-Term Financial Strategy: Financial Years 2026-2030 (C4678)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="497399C4" w14:textId="77777777" w:rsidR="002A7A39" w:rsidRDefault="002A7A39" w:rsidP="002A7A39">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE0562">
+        <w:t>Treasury Management: Investment and Borrowing Strategy (C4679)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72DEBFA7" w14:textId="77777777" w:rsidR="002A7A39" w:rsidRDefault="002A7A39" w:rsidP="002A7A39">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE0562">
+        <w:t>Capital Strategy and Supporting Programme: Financial Years 2026/27 - 2029/30 (C4681)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="666B667F" w14:textId="77777777" w:rsidR="002A7A39" w:rsidRDefault="002A7A39" w:rsidP="002A7A39">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A7A39">
+        <w:t>Financial Year 2026/27: Revenue Budget (C4680)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5175C7C5" w14:textId="196CD44A" w:rsidR="009542B6" w:rsidRDefault="00792A87" w:rsidP="009542B6">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00792A87">
+        <w:t>2025/26 Q3 Financial Performance Report (EX4676)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19991B3A" w14:textId="0A8E8C3A" w:rsidR="00792A87" w:rsidRDefault="00792A87" w:rsidP="009542B6">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00792A87">
+        <w:t>Contract for Award Under Delegated Authority from Executive (EX4751)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F762E17" w14:textId="320AE387" w:rsidR="00792A87" w:rsidRDefault="00792A87" w:rsidP="009542B6">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00792A87">
+        <w:t>2025/26 Performance Report Q2 (EX4710)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19C7E5F3" w14:textId="3D0AB4EF" w:rsidR="000F672D" w:rsidRDefault="000F672D" w:rsidP="000F672D">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000F672D">
+        <w:t>Expansion, remodelling and development of the SEND (McKee) Resource Unit (Phase 1) at Westwood Farm Schools Federation (EX4766)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E2E664D" w14:textId="64B1D003" w:rsidR="009542B6" w:rsidRPr="009542B6" w:rsidRDefault="009542B6" w:rsidP="009542B6">
       <w:pPr>
         <w:pStyle w:val="Bulletlevel1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="003B5F27">
         <w:t xml:space="preserve">Papers and a recording of the meeting can be found </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:history="1">
+      <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="003B5F27">
           <w:rPr>
             <w:color w:val="008855"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003B5F27">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AF02569" w14:textId="003B79E6" w:rsidR="00FD3034" w:rsidRDefault="00A262C2" w:rsidP="00E77C5C">
+    <w:p w14:paraId="6F8899E2" w14:textId="5202996B" w:rsidR="00A262C2" w:rsidRDefault="00A262C2" w:rsidP="00A262C2">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="003B5F27">
         <w:t xml:space="preserve">The next meeting is on </w:t>
       </w:r>
-      <w:r w:rsidR="00A32C07">
-        <w:t>12 February</w:t>
+      <w:r w:rsidR="00583431">
+        <w:t>19 March</w:t>
       </w:r>
       <w:r w:rsidRPr="003B5F27">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AB9A9EB" w14:textId="77777777" w:rsidR="00E5406D" w:rsidRDefault="00E5406D" w:rsidP="0061594E">
+    <w:p w14:paraId="4751EDA1" w14:textId="77777777" w:rsidR="000935E1" w:rsidRDefault="000935E1" w:rsidP="0061594E">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>Communities</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4E23BAC3" w14:textId="1B741E87" w:rsidR="00E5406D" w:rsidRDefault="00E5406D" w:rsidP="00E5406D">
+        <w:t>Ridgeway</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4515567C" w14:textId="3A751A0B" w:rsidR="000935E1" w:rsidRDefault="00B33A48" w:rsidP="00B33A48">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
       </w:pPr>
       <w:r>
-        <w:t>Holocaust Memorial Day</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="125BB775" w14:textId="5B41ECA0" w:rsidR="008416C4" w:rsidRDefault="00962963" w:rsidP="008416C4">
+        <w:t>Consultation now open</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A2225AE" w14:textId="20C37CBE" w:rsidR="00B33A48" w:rsidRPr="00B33A48" w:rsidRDefault="00B33A48" w:rsidP="00B33A48">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B33A48">
+        <w:t>A consultation on options for local government reorganisation across Oxfordshire and West Berkshire has been launched by the Government. The last time a change of this scale happened was over 50 years ago so this decision will have a significant impact to everyone in the district for many years. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FF0AC15" w14:textId="612BA606" w:rsidR="00ED7238" w:rsidRDefault="00B33A48" w:rsidP="00B33A48">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B33A48">
+        <w:t xml:space="preserve">With councils helping drive the local economy </w:t>
+      </w:r>
+      <w:r w:rsidR="009A77C5">
+        <w:t>WBC</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B33A48">
+        <w:t xml:space="preserve"> want to tell </w:t>
+      </w:r>
+      <w:r w:rsidR="000A6302">
+        <w:t>residents</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B33A48">
+        <w:t xml:space="preserve"> more about the proposals and how </w:t>
+      </w:r>
+      <w:r w:rsidR="00C43B4E">
+        <w:t>residents</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B33A48">
+        <w:t xml:space="preserve"> can have </w:t>
+      </w:r>
+      <w:r w:rsidR="00C43B4E">
+        <w:t xml:space="preserve">their </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B33A48">
+        <w:t>say</w:t>
+      </w:r>
+      <w:r w:rsidR="00E216B8">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidR="00E216B8" w:rsidRPr="00E216B8">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>here</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00E216B8">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29C72895" w14:textId="66EEF702" w:rsidR="00B33A48" w:rsidRDefault="00B55A36" w:rsidP="00B55A36">
+      <w:pPr>
+        <w:pStyle w:val="Heading5"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B55A36">
+        <w:t>What is changing?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="620E5CAA" w14:textId="07EED275" w:rsidR="00B55A36" w:rsidRDefault="00B55A36" w:rsidP="00B55A36">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B55A36">
+        <w:t xml:space="preserve">The move is in response to a government invitation following its </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00B55A36">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>announcement in December 2024</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00B55A36">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55A36">
+        <w:t>to end two-tier authorities like those in Oxfordshire. As part of the shake-up of local councils, the government has also indicated all unitary authorities will need to serve around 500,000 residents or more, which will require West Berkshire Council - which covers around 170,000 people - to merge with neighbouring councils</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55A36">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D03F8F3" w14:textId="148885D4" w:rsidR="00ED7238" w:rsidRDefault="00ED7238" w:rsidP="00ED7238">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6CAE268C" wp14:editId="57106F50">
-[...18 lines deleted...]
-            <wp:docPr id="2003568349" name="Picture 2" descr="May be an image of text that says &quot;100 &quot;្មើ 黒 West.&quot;"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="21125D40" wp14:editId="2E8C58CE">
+            <wp:extent cx="6188710" cy="4169410"/>
+            <wp:effectExtent l="0" t="0" r="2540" b="2540"/>
+            <wp:docPr id="777249166" name="Picture 8"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 3" descr="May be an image of text that says &quot;100 &quot;្មើ 黒 West.&quot;"/>
+                    <pic:cNvPr id="0" name="Picture 24"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3283585" cy="1845945"/>
+                      <a:ext cx="6188710" cy="4169410"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B1DD773" w14:textId="775AD3B3" w:rsidR="00ED7238" w:rsidRDefault="005B5986" w:rsidP="005B5986">
+      <w:pPr>
+        <w:pStyle w:val="Heading5"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005B5986">
+        <w:t>What are the proposals?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D4F2E05" w14:textId="77777777" w:rsidR="005B5986" w:rsidRDefault="005B5986" w:rsidP="005B5986">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>The government asked the existing councils to develop proposals for them to consider. There were three proposals submitted to government:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61A58334" w14:textId="77777777" w:rsidR="005B5986" w:rsidRDefault="005B5986" w:rsidP="005B5986">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>A single county unitary that covers all of Oxfordshire.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25A758CE" w14:textId="77777777" w:rsidR="005B5986" w:rsidRDefault="005B5986" w:rsidP="005B5986">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Two unitary councils that cover Oxfordshire and West Berkshire. One covering the existing council areas of Cherwell, Oxford City and West Oxfordshire. One covering the existing council areas of South Oxfordshire, Vale of White Horse and West Berkshire.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2006946E" w14:textId="77777777" w:rsidR="005B5986" w:rsidRDefault="005B5986" w:rsidP="005B5986">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Three unitary councils that cover Oxfordshire and West Berkshire. One covering the existing Oxford City council area but with expanded boundaries. One covering the remaining existing council areas of Cherwell and West Oxfordshire. One covering the remaining existing council areas of South Oxfordshire, Vale of White Horse and West Berkshire.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C1FD2CD" w14:textId="01A17402" w:rsidR="005B5986" w:rsidRDefault="00195191" w:rsidP="00195191">
+      <w:pPr>
+        <w:pStyle w:val="Heading5"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00195191">
+        <w:lastRenderedPageBreak/>
+        <w:t>Why is this important to businesses in West Berkshire? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0422D444" w14:textId="1F3E424C" w:rsidR="00195191" w:rsidRDefault="00195191" w:rsidP="00195191">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00195191">
+        <w:t>Councils have a significant impact on local businesses from strategic work like driving economic growth and housing growth through to provide support to individual businesses and managing town centres. The choice made by the government could impact all of these services for decades to come and so making the right decision for West Berkshire businesses is important.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="626D5976" w14:textId="163F0F73" w:rsidR="00195191" w:rsidRDefault="006E6579" w:rsidP="006E6579">
+      <w:pPr>
+        <w:pStyle w:val="Heading5"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006E6579">
+        <w:t>What do the current councils think is the best option?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F3ECCD2" w14:textId="4B997DE9" w:rsidR="006E6579" w:rsidRPr="006E6579" w:rsidRDefault="006E6579" w:rsidP="006E6579">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006E6579">
+        <w:t>Cherwell, South Oxfordshire, Vale of White Horse, West Berkshire and West Oxfordshire overwhelmingly support the two unitary option. 142 out of 158 councillors in attendance at those councils voted to support submitting the two unitary proposal including councillors from all political parties.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="412EC085" w14:textId="77444776" w:rsidR="006E6579" w:rsidRDefault="006E6579" w:rsidP="006E6579">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006E6579">
+        <w:t>Oxfordshire County Council support their single unitary proposal and Oxford City Council support their three unitary proposal.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4143AF89" w14:textId="0D270E50" w:rsidR="00BC3FC0" w:rsidRDefault="0076232D" w:rsidP="00F55668">
+      <w:pPr>
+        <w:pStyle w:val="Heading5"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1A4D2771" wp14:editId="38870A50">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:align>right</wp:align>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>150522</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1652905" cy="2045335"/>
+            <wp:effectExtent l="0" t="0" r="4445" b="0"/>
+            <wp:wrapThrough wrapText="bothSides">
+              <wp:wrapPolygon edited="0">
+                <wp:start x="0" y="0"/>
+                <wp:lineTo x="0" y="21325"/>
+                <wp:lineTo x="21409" y="21325"/>
+                <wp:lineTo x="21409" y="0"/>
+                <wp:lineTo x="0" y="0"/>
+              </wp:wrapPolygon>
+            </wp:wrapThrough>
+            <wp:docPr id="709251409" name="Picture 9"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 26"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill rotWithShape="1">
+                    <a:blip r:embed="rId12" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect l="12781" r="11289"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1652905" cy="2045335"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:extLst>
+                      <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="008416C4">
-[...31 lines deleted...]
-    <w:p w14:paraId="7DD4338C" w14:textId="2FDF0F7C" w:rsidR="00F25199" w:rsidRPr="00F25199" w:rsidRDefault="00F25199" w:rsidP="00F25199">
+      <w:r w:rsidR="00F55668" w:rsidRPr="00F55668">
+        <w:t xml:space="preserve">Why </w:t>
+      </w:r>
+      <w:r w:rsidR="00F55668">
+        <w:t xml:space="preserve">does WBC </w:t>
+      </w:r>
+      <w:r w:rsidR="00F55668" w:rsidRPr="00F55668">
+        <w:t>support the two unitary option?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D2AA05F" w14:textId="6B3E6CC4" w:rsidR="00F55668" w:rsidRPr="00F55668" w:rsidRDefault="000A6302" w:rsidP="00F55668">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
-      <w:r>
-[...32 lines deleted...]
-      </w:r>
       <w:r>
         <w:t xml:space="preserve">WBC </w:t>
       </w:r>
-      <w:r w:rsidR="00F25199" w:rsidRPr="00F25199">
-[...9 lines deleted...]
-    <w:p w14:paraId="654540AE" w14:textId="0E9F4363" w:rsidR="001A3457" w:rsidRPr="001A3457" w:rsidRDefault="00F25199" w:rsidP="00F25199">
+      <w:r w:rsidR="00F55668" w:rsidRPr="00F55668">
+        <w:t>believes that the two unitary proposal is the only one that will deliver improvements to council services, will be financially sustainable, will be responsive to communities and will deliver economic growth.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ABAD1D8" w14:textId="536C0AC7" w:rsidR="00F55668" w:rsidRDefault="00F55668" w:rsidP="00F55668">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
-      <w:r w:rsidRPr="00F25199">
-[...7 lines deleted...]
-    <w:p w14:paraId="51B1F66C" w14:textId="6315FDDB" w:rsidR="0034267F" w:rsidRDefault="0034267F" w:rsidP="00FE4634">
+      <w:r w:rsidRPr="00F55668">
+        <w:t>W</w:t>
+      </w:r>
+      <w:r w:rsidR="009A77C5">
+        <w:t>BC</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F55668">
+        <w:t xml:space="preserve"> believe this about creating councils of the right size – not too big that they are distant and ineffective, not too small that they aren’t financially viable. When councillors considered the proposals they felt the two unitary was the one that best met the government criteria and would deliver the best outcomes for West Berkshire businesses.</w:t>
+      </w:r>
+      <w:r w:rsidR="0076232D" w:rsidRPr="0076232D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="354746E6" w14:textId="7219F43E" w:rsidR="005A655F" w:rsidRDefault="006F6D93" w:rsidP="006F6D93">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-        <w:r w:rsidRPr="00C97DCF">
+      <w:r w:rsidRPr="006F6D93">
+        <w:t>W</w:t>
+      </w:r>
+      <w:r w:rsidR="00C43B4E">
+        <w:t xml:space="preserve">ant to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6D93">
+        <w:t>find out more?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34939827" w14:textId="4AF454EE" w:rsidR="005A655F" w:rsidRPr="005A655F" w:rsidRDefault="005A655F" w:rsidP="006F6D93">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005A655F">
+        <w:t xml:space="preserve">Each proposal has its own website </w:t>
+      </w:r>
+      <w:r w:rsidR="006F6D93">
+        <w:t>with more information:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D40EE6E" w14:textId="77777777" w:rsidR="005A655F" w:rsidRPr="005A655F" w:rsidRDefault="005A655F" w:rsidP="006F6D93">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId13" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="005A655F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Libraries Connected</w:t>
+          <w:t>One Council - Oxford County Council </w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C97DCF">
-[...4 lines deleted...]
-    <w:p w14:paraId="4C8E9B94" w14:textId="0A50D91D" w:rsidR="00C97DCF" w:rsidRPr="00C97DCF" w:rsidRDefault="0062247F" w:rsidP="00C97DCF">
+    </w:p>
+    <w:p w14:paraId="2BD064AF" w14:textId="77777777" w:rsidR="006F6D93" w:rsidRDefault="005A655F" w:rsidP="006F6D93">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId14" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="005A655F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Two Councils - West Berkshire, Vale of the White Horse, South Oxford, Cherwell District Council, West Oxford District Council. </w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="697C494E" w14:textId="1170B4AF" w:rsidR="005A655F" w:rsidRPr="00F55668" w:rsidRDefault="005A655F" w:rsidP="006F6D93">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId15" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="005A655F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Three Councils - Oxford City Council</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="4C38A8F5" w14:textId="41C27FCB" w:rsidR="00960F0B" w:rsidRDefault="00960F0B" w:rsidP="0061594E">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Education</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="386D5C08" w14:textId="77777777" w:rsidR="007453B9" w:rsidRDefault="00960F0B" w:rsidP="007453B9">
+      <w:pPr>
+        <w:pStyle w:val="Heading5"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00960F0B">
+        <w:t>Falkland Primary School construction work progressing well</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A567CC1" w14:textId="01FDF83E" w:rsidR="007453B9" w:rsidRDefault="007453B9" w:rsidP="007453B9">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Work at Falkland Primary School is continuing at a good pace, despite some disruption from the weather. Since November, persistent rain has caused around three weeks of delay, but good progress has still been made.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52FCB64E" w14:textId="6D06ED20" w:rsidR="007453B9" w:rsidRDefault="00817A20" w:rsidP="007453B9">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="29E55E66" wp14:editId="135D8E17">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5F940387" wp14:editId="5EC26E4E">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
-              <wp:align>left</wp:align>
+              <wp:posOffset>2937510</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>302537</wp:posOffset>
+              <wp:posOffset>5080</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="1791186" cy="1288111"/>
-            <wp:effectExtent l="0" t="0" r="0" b="7620"/>
+            <wp:extent cx="3245485" cy="1828800"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapThrough wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
-                <wp:lineTo x="0" y="21408"/>
-[...1 lines deleted...]
-                <wp:lineTo x="21370" y="0"/>
+                <wp:lineTo x="0" y="21375"/>
+                <wp:lineTo x="21427" y="21375"/>
+                <wp:lineTo x="21427" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapThrough>
-            <wp:docPr id="1821487894" name="Picture 7"/>
+            <wp:docPr id="701226872" name="Picture 5"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 19"/>
+                    <pic:cNvPr id="0" name="Picture 15"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId13" cstate="print">
+                    <a:blip r:embed="rId16" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1791186" cy="1288111"/>
-[...812 lines deleted...]
-                      <a:ext cx="2425065" cy="1365885"/>
+                      <a:ext cx="3245485" cy="1828800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="008E0EAE">
-[...28 lines deleted...]
-    <w:p w14:paraId="6E7EC1D9" w14:textId="1B5E7504" w:rsidR="008E0EAE" w:rsidRPr="008E0EAE" w:rsidRDefault="008E0EAE" w:rsidP="008E0EAE">
+      <w:r w:rsidR="007453B9">
+        <w:t>The foundations are now complete, along with the base floor and timber frame. This means the building is really starting to take shape, and you can now walk through it and see how the rooms will be laid out.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AE3E7CD" w14:textId="2A2F7A1E" w:rsidR="007453B9" w:rsidRDefault="007453B9" w:rsidP="007453B9">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">By creating more SEND places locally, the new building will also deliver significant financial benefits. Each placement at </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Over the next few weeks, steel columns will be put in place, the roof covering will begin, and work will start on the internal floors and staircase.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E4B5032" w14:textId="66949437" w:rsidR="00960F0B" w:rsidRPr="00960F0B" w:rsidRDefault="007453B9" w:rsidP="007453B9">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
       <w:r>
-        <w:t>Barbury</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>To help make up for time lost to the rain and keep things on track, there will be some limited weekend working. This will help ensure the building is finished and ready for people to move in before the Autumn Term starts in September.</w:t>
+      </w:r>
+      <w:r w:rsidR="00817A20" w:rsidRPr="00817A20">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DCB33F4" w14:textId="77777777" w:rsidR="00C4248F" w:rsidRDefault="00C4248F" w:rsidP="0061594E">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve"> House is estimated to save around £80,000 per year compared to an out of district alternative, ensuring that more West Berkshire children can receive the support they need close to home.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="41607581" w14:textId="77DB3F7E" w:rsidR="00D00D1F" w:rsidRPr="00D00D1F" w:rsidRDefault="003B5F27" w:rsidP="00D00D1F">
+        <w:lastRenderedPageBreak/>
+        <w:t>Elections</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AA44EF6" w14:textId="4FEECA7D" w:rsidR="00C4248F" w:rsidRDefault="00C4248F" w:rsidP="00C4248F">
+      <w:pPr>
+        <w:pStyle w:val="Heading5"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Postal Voting Update</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CA4F2AD" w14:textId="318ACD07" w:rsidR="00C4248F" w:rsidRDefault="00C4248F" w:rsidP="00C4248F">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Residents who were recently asked to re</w:t>
+      </w:r>
+      <w:r>
+        <w:noBreakHyphen/>
+        <w:t>apply for their postal vote will shortly receive a letter or email confirming that their previous arrangement has now ended. This follows a letter which was sent in June last year and an email in December.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E37CCE" w:rsidRPr="00E37CCE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="734D4B4B" w14:textId="2FC90E19" w:rsidR="00C4248F" w:rsidRDefault="00E37CCE" w:rsidP="00C4248F">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="62110A22" wp14:editId="55DFB6F2">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:align>left</wp:align>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>10602</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="2464435" cy="1229995"/>
+            <wp:effectExtent l="0" t="0" r="0" b="8255"/>
+            <wp:wrapThrough wrapText="bothSides">
+              <wp:wrapPolygon edited="0">
+                <wp:start x="0" y="0"/>
+                <wp:lineTo x="0" y="21410"/>
+                <wp:lineTo x="21372" y="21410"/>
+                <wp:lineTo x="21372" y="0"/>
+                <wp:lineTo x="0" y="0"/>
+              </wp:wrapPolygon>
+            </wp:wrapThrough>
+            <wp:docPr id="306900110" name="Picture 6" descr="Postal voting has changed"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 17" descr="Postal voting has changed"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId17" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2502460" cy="1249110"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="00C4248F">
+        <w:t xml:space="preserve">As part of national changes designed to help prevent voter fraud, postal votes now last for a maximum of three years. If </w:t>
+      </w:r>
+      <w:r w:rsidR="000A6302">
+        <w:t>they</w:t>
+      </w:r>
+      <w:r w:rsidR="00C4248F">
+        <w:t xml:space="preserve"> missed the earlier correspondence, there’s no need to worry - applying again is quick and straightforward. </w:t>
+      </w:r>
+      <w:r w:rsidR="000A6302">
+        <w:t>Residents</w:t>
+      </w:r>
+      <w:r w:rsidR="00C4248F">
+        <w:t xml:space="preserve"> can re</w:t>
+      </w:r>
+      <w:r w:rsidR="00C4248F">
+        <w:noBreakHyphen/>
+        <w:t>apply online, where you’ll also find a downloadable application form.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AA1EE8D" w14:textId="243557CD" w:rsidR="00C4248F" w:rsidRPr="00C4248F" w:rsidRDefault="00C4248F" w:rsidP="00C4248F">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:r w:rsidR="000A6302">
+        <w:t>residents</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> prefer a paper form or would like help, the Electoral Services team is on hand. </w:t>
+      </w:r>
+      <w:r w:rsidR="000A6302">
+        <w:t>They</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> can email </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00C4248F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>vote@westberks.gov.uk</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="006644"/>
+          </w:rPr>
+          <w:t> </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>or call 01635 516464 for assistance.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6717BFAB" w14:textId="3ED007E2" w:rsidR="0061594E" w:rsidRDefault="00692125" w:rsidP="0061594E">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Community</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C4A75FD" w14:textId="77777777" w:rsidR="00175AD8" w:rsidRDefault="00175AD8" w:rsidP="0061594E">
+      <w:pPr>
+        <w:pStyle w:val="Heading5"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Community Champions 2026</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="166906EC" w14:textId="4F2A62D8" w:rsidR="00175AD8" w:rsidRPr="00175AD8" w:rsidRDefault="0078195B" w:rsidP="00175AD8">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>WBC</w:t>
+      </w:r>
+      <w:r w:rsidR="00175AD8" w:rsidRPr="00175AD8">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007D352C">
+        <w:t xml:space="preserve">have </w:t>
+      </w:r>
+      <w:r w:rsidR="00175AD8" w:rsidRPr="00175AD8">
+        <w:t>announce</w:t>
+      </w:r>
+      <w:r w:rsidR="007D352C">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00175AD8" w:rsidRPr="00175AD8">
+        <w:t xml:space="preserve"> the winners of </w:t>
+      </w:r>
+      <w:r w:rsidR="007D352C">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="00175AD8" w:rsidRPr="00175AD8">
+        <w:t xml:space="preserve"> Community Champion Awards 2025!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="563B57B6" w14:textId="77777777" w:rsidR="00175AD8" w:rsidRPr="00175AD8" w:rsidRDefault="00175AD8" w:rsidP="00175AD8">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00175AD8">
+        <w:t>Volunteer of the Year: Mike Karasinski</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DA0C200" w14:textId="77777777" w:rsidR="00175AD8" w:rsidRPr="00175AD8" w:rsidRDefault="00175AD8" w:rsidP="00175AD8">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00175AD8">
+        <w:t>Highly Commended: Sue Bennett and David Hamilton</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B3F4E85" w14:textId="77777777" w:rsidR="00175AD8" w:rsidRPr="00175AD8" w:rsidRDefault="00175AD8" w:rsidP="00175AD8">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00175AD8">
+        <w:t>Community Group of the Year: Cold Ash Countryside Volunteers</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26B419F6" w14:textId="77777777" w:rsidR="00175AD8" w:rsidRPr="00175AD8" w:rsidRDefault="00175AD8" w:rsidP="00175AD8">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00175AD8">
+        <w:t>Highly Commended: Carebus Community Transport and Bradfield Village Hall and Associated Communities</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6654BD71" w14:textId="77777777" w:rsidR="00175AD8" w:rsidRPr="00175AD8" w:rsidRDefault="00175AD8" w:rsidP="00175AD8">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00175AD8">
+        <w:t>Lifetime Achievement Award: Tim Barton</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51878707" w14:textId="283D350F" w:rsidR="00175AD8" w:rsidRPr="00175AD8" w:rsidRDefault="00175AD8" w:rsidP="00175AD8">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00175AD8">
+        <w:t>Highly Commended: Robert Wyatt</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65BB625A" w14:textId="5753E8B0" w:rsidR="00175AD8" w:rsidRDefault="00175AD8" w:rsidP="00175AD8">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00175AD8">
+        <w:t>The judges were very impressed with the quality of the nominations. Congratulations to all the nominees and thank you to everyone who nominated them.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="325C9761" w14:textId="4F9D6F15" w:rsidR="001A42C8" w:rsidRDefault="001A42C8" w:rsidP="0061594E">
+      <w:pPr>
+        <w:pStyle w:val="Heading5"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001A42C8">
+        <w:t>Easter Holidays Activities and Food programme</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F324C63" w14:textId="2613FEF2" w:rsidR="0021600B" w:rsidRDefault="0021600B" w:rsidP="0021600B">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">The Holidays Activities and Food (HAF) programme offers free holiday club places for children and young people eligible for free school meals. Bookings for Easter </w:t>
+      </w:r>
+      <w:r w:rsidR="00603443">
+        <w:t xml:space="preserve">went </w:t>
+      </w:r>
+      <w:r>
+        <w:t>live 25 February on the Holiday Activities portal.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47A9741D" w14:textId="15E61555" w:rsidR="0021600B" w:rsidRDefault="0021600B" w:rsidP="0021600B">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>The activity sessions are run during school holidays at no cost to parents, and include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AD86A01" w14:textId="77777777" w:rsidR="0021600B" w:rsidRDefault="0021600B" w:rsidP="0021600B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Sports, music, arts and crafts</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B6790A9" w14:textId="77777777" w:rsidR="0021600B" w:rsidRDefault="0021600B" w:rsidP="0021600B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Outdoor and indoor play, gaming and other exciting opportunities to learn and develop skills</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F259D99" w14:textId="77777777" w:rsidR="0021600B" w:rsidRDefault="0021600B" w:rsidP="0021600B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>A nutritious meal each day</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="611C00AC" w14:textId="77777777" w:rsidR="0021600B" w:rsidRDefault="0021600B" w:rsidP="0021600B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Nutritional resources to keep</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A52BDB3" w14:textId="77777777" w:rsidR="0021600B" w:rsidRDefault="0021600B" w:rsidP="0021600B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Fun workshops and visits at selected venues</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09D0DA2F" w14:textId="2B7AE62C" w:rsidR="0021600B" w:rsidRDefault="0021600B" w:rsidP="0021600B">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">To find out if </w:t>
+      </w:r>
+      <w:r w:rsidR="00603443">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> child is eligible, please contact </w:t>
+      </w:r>
+      <w:r w:rsidR="00603443">
+        <w:t xml:space="preserve">their </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">school or </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidR="00603443">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>WBC’s</w:t>
+        </w:r>
+        <w:r w:rsidRPr="0021600B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> HAF Coordinator</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="290AACEB" w14:textId="4611C26D" w:rsidR="000B6C4A" w:rsidRDefault="000B6C4A" w:rsidP="0061594E">
+      <w:pPr>
+        <w:pStyle w:val="Heading5"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000B6C4A">
+        <w:t>Thatcham’s new community hub</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3992A4DE" w14:textId="256A9D1D" w:rsidR="008C2AE0" w:rsidRPr="008C2AE0" w:rsidRDefault="008C2AE0" w:rsidP="008C2AE0">
+      <w:r w:rsidRPr="008C2AE0">
+        <w:t xml:space="preserve">Residents are invited to help shape plans for a possible new community hub at Brownsfield Road in Thatcham. Following feedback from the 2023 Thatcham Town Centre Strategy, West Berkshire Council and Thatcham </w:t>
+      </w:r>
+      <w:r w:rsidR="00907AD5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4BBCE834" wp14:editId="5040249A">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:align>left</wp:align>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>414</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="2345055" cy="1097280"/>
+            <wp:effectExtent l="0" t="0" r="0" b="7620"/>
+            <wp:wrapThrough wrapText="bothSides">
+              <wp:wrapPolygon edited="0">
+                <wp:start x="0" y="0"/>
+                <wp:lineTo x="0" y="21375"/>
+                <wp:lineTo x="21407" y="21375"/>
+                <wp:lineTo x="21407" y="0"/>
+                <wp:lineTo x="0" y="0"/>
+              </wp:wrapPolygon>
+            </wp:wrapThrough>
+            <wp:docPr id="1993700877" name="Picture 2"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 3"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId20" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2361755" cy="1104921"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="008C2AE0">
+        <w:t>Town Council are exploring how this important local facility could be developed to better serve the community.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49CB98B6" w14:textId="076A4C9A" w:rsidR="008C2AE0" w:rsidRPr="008C2AE0" w:rsidRDefault="008C2AE0" w:rsidP="008C2AE0"/>
+    <w:p w14:paraId="22AE6392" w14:textId="24E5F812" w:rsidR="008C2AE0" w:rsidRPr="008C2AE0" w:rsidRDefault="008C2AE0" w:rsidP="008C2AE0">
+      <w:r>
+        <w:t xml:space="preserve">There will be an </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C2AE0">
+        <w:t>informal drop-in session at Thatcham Library on Saturday 28 February (12.30pm–2.00pm). Residents can view early ideas, ask questions, and share their vi</w:t>
+      </w:r>
+      <w:r w:rsidR="00907AD5" w:rsidRPr="00907AD5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C2AE0">
+        <w:t>ews.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="172EAFA2" w14:textId="77777777" w:rsidR="008C2AE0" w:rsidRPr="008C2AE0" w:rsidRDefault="008C2AE0" w:rsidP="008C2AE0"/>
+    <w:p w14:paraId="5F935F36" w14:textId="4D34B5EF" w:rsidR="000B6C4A" w:rsidRPr="000B6C4A" w:rsidRDefault="008C2AE0" w:rsidP="008C2AE0">
+      <w:r>
+        <w:t xml:space="preserve">They </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C2AE0">
+        <w:t xml:space="preserve">can also take part in the survey online or by emailing </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r w:rsidRPr="008C2AE0">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>economicdevelopment@westberks.gov.uk</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008C2AE0">
+        <w:t xml:space="preserve"> by 10 March 2026. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Any</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C2AE0">
+        <w:t xml:space="preserve"> ideas will help shape what happens next.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F37AAB9" w14:textId="33719FC2" w:rsidR="0061594E" w:rsidRDefault="00300A74" w:rsidP="0061594E">
+      <w:pPr>
+        <w:pStyle w:val="Heading5"/>
+      </w:pPr>
+      <w:r>
+        <w:t>History Day Out</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43EBC4D9" w14:textId="1D7652FB" w:rsidR="00300A74" w:rsidRPr="00300A74" w:rsidRDefault="00300A74" w:rsidP="00300A74">
+      <w:r>
+        <w:t>Residents can i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00300A74">
+        <w:t xml:space="preserve">mmerse </w:t>
+      </w:r>
+      <w:r>
+        <w:t>themselves</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00300A74">
+        <w:t xml:space="preserve"> in history with a day out in the 17th Century at Shaw House with The Earl Rivers Regiment Muster (Members of The Sealed Knot) on Saturday 7 March, 11am – 4pm.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00300A74">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00082E50">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7C07A851" wp14:editId="1E675AF3">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:align>right</wp:align>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>414</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="3204210" cy="1017905"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapThrough wrapText="bothSides">
+              <wp:wrapPolygon edited="0">
+                <wp:start x="0" y="0"/>
+                <wp:lineTo x="0" y="21021"/>
+                <wp:lineTo x="21446" y="21021"/>
+                <wp:lineTo x="21446" y="0"/>
+                <wp:lineTo x="0" y="0"/>
+              </wp:wrapPolygon>
+            </wp:wrapThrough>
+            <wp:docPr id="1933730232" name="Picture 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId22" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3204210" cy="1017905"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="00300A74">
+        <w:br/>
+        <w:t>Witness reenactors training to use swords, muskets and pikes, and visit some of the tradesmen and civilians who accompanied the armies. There will be Living History demonstrations inside Shaw House, plus a guided tour of the Dressed for Battle exhibition. Meet Jacques le Roux for a brief talk about the Littlecote arms and armour from 12 to 12.30pm in the First Floor Exhibition Rooms. The day is free with no need to book.</w:t>
+      </w:r>
+      <w:r w:rsidR="00082E50" w:rsidRPr="00082E50">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F889A53" w14:textId="77777777" w:rsidR="003B5F27" w:rsidRPr="003B5F27" w:rsidRDefault="003B5F27" w:rsidP="000C2599">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003B5F27">
+        <w:t>Current Consultations</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="381400A0" w14:textId="5740BA35" w:rsidR="0090518E" w:rsidRPr="0090518E" w:rsidRDefault="0090518E" w:rsidP="0090518E">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId23" w:history="1">
+        <w:r w:rsidRPr="0090518E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:b/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t>Draft Planning Enforcement Plan (June 2025)</w:t>
+        </w:r>
+        <w:r w:rsidRPr="0090518E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:b/>
+            <w:bCs/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0090518E">
+        <w:t>– Closes 9 March 2026</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38C1119D" w14:textId="50F7B01A" w:rsidR="0090518E" w:rsidRPr="0090518E" w:rsidRDefault="0090518E" w:rsidP="0090518E">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-          <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003B5F27">
-[...2 lines deleted...]
-      <w:r w:rsidR="00D00D1F" w:rsidRPr="00D00D1F">
+      <w:hyperlink r:id="rId24" w:history="1">
+        <w:r w:rsidRPr="0090518E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:b/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t>Help shape Thatcham's proposed new Community Hub</w:t>
+        </w:r>
+        <w:r w:rsidRPr="0090518E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:b/>
+            <w:bCs/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> – </w:t>
+        </w:r>
+        <w:r w:rsidRPr="0090518E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:color w:val="000000"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>Closes 10 March 2026</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="0AFB9BBC" w14:textId="5EBE3918" w:rsidR="0090518E" w:rsidRPr="0090518E" w:rsidRDefault="0090518E" w:rsidP="0090518E">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlevel1"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="467886"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="begin"/>
-[...19 lines deleted...]
-    <w:p w14:paraId="19B49C43" w14:textId="3B8C4764" w:rsidR="00AD3531" w:rsidRDefault="00D00D1F" w:rsidP="00BD0EB7">
+      </w:pPr>
+      <w:hyperlink r:id="rId25" w:history="1">
+        <w:r w:rsidRPr="0090518E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:b/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t>Proposals for local government reorganisation in Oxfordshire and West Berkshire</w:t>
+        </w:r>
+        <w:r w:rsidRPr="0090518E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:b/>
+            <w:bCs/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidRPr="0090518E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:color w:val="000000"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>– 26 March 2026</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="1DB77998" w14:textId="3337D43F" w:rsidR="00094B8B" w:rsidRPr="00702D38" w:rsidRDefault="00094B8B" w:rsidP="00F46F55">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2FEC1211" w14:textId="77777777" w:rsidR="00CA48DD" w:rsidRDefault="00CA48DD" w:rsidP="00CA48DD">
       <w:pPr>
         <w:pStyle w:val="Bulletlevel1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D00D1F">
+    </w:p>
+    <w:p w14:paraId="34DDEAB9" w14:textId="77777777" w:rsidR="00F46F55" w:rsidRPr="00F46F55" w:rsidRDefault="00F46F55" w:rsidP="00F46F55"/>
+    <w:p w14:paraId="6DFE17F0" w14:textId="77777777" w:rsidR="00F46F55" w:rsidRPr="00F46F55" w:rsidRDefault="00F46F55" w:rsidP="00F46F55"/>
+    <w:p w14:paraId="5A27D963" w14:textId="77777777" w:rsidR="00F46F55" w:rsidRPr="00F46F55" w:rsidRDefault="00F46F55" w:rsidP="00F46F55"/>
+    <w:p w14:paraId="2B76473A" w14:textId="77777777" w:rsidR="00F46F55" w:rsidRPr="00F46F55" w:rsidRDefault="00F46F55" w:rsidP="00F46F55"/>
+    <w:p w14:paraId="0B6F2F5E" w14:textId="77777777" w:rsidR="00F46F55" w:rsidRPr="00F46F55" w:rsidRDefault="00F46F55" w:rsidP="00F46F55"/>
+    <w:p w14:paraId="11F0928E" w14:textId="77777777" w:rsidR="00F46F55" w:rsidRPr="00F46F55" w:rsidRDefault="00F46F55" w:rsidP="00F46F55"/>
+    <w:p w14:paraId="21A0C520" w14:textId="77777777" w:rsidR="00F46F55" w:rsidRPr="00F46F55" w:rsidRDefault="00F46F55" w:rsidP="00F46F55"/>
+    <w:p w14:paraId="1E10FA30" w14:textId="77777777" w:rsidR="00F46F55" w:rsidRPr="00F46F55" w:rsidRDefault="00F46F55" w:rsidP="00F46F55"/>
+    <w:p w14:paraId="10923063" w14:textId="77777777" w:rsidR="00F46F55" w:rsidRPr="00F46F55" w:rsidRDefault="00F46F55" w:rsidP="00F46F55"/>
+    <w:p w14:paraId="4D4717B8" w14:textId="77777777" w:rsidR="00F46F55" w:rsidRPr="00F46F55" w:rsidRDefault="00F46F55" w:rsidP="00F46F55"/>
+    <w:p w14:paraId="4B0C11D9" w14:textId="77777777" w:rsidR="00F46F55" w:rsidRPr="00F46F55" w:rsidRDefault="00F46F55" w:rsidP="00F46F55"/>
+    <w:p w14:paraId="3C8A80EA" w14:textId="77777777" w:rsidR="00F46F55" w:rsidRPr="00F46F55" w:rsidRDefault="00F46F55" w:rsidP="00F46F55"/>
+    <w:p w14:paraId="5EC138D5" w14:textId="77777777" w:rsidR="00F46F55" w:rsidRPr="00F46F55" w:rsidRDefault="00F46F55" w:rsidP="00F46F55"/>
+    <w:p w14:paraId="787D8725" w14:textId="77777777" w:rsidR="00F46F55" w:rsidRDefault="00F46F55" w:rsidP="00F46F55">
+      <w:pPr>
         <w:rPr>
-          <w:rStyle w:val="Hyperlink"/>
-[...1 lines deleted...]
-          <w:bCs/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
-        <w:t>Draft Planning Enforcement Plan (June 2025)</w:t>
-[...76 lines deleted...]
-    <w:p w14:paraId="6D9D75BC" w14:textId="2E2C2AE4" w:rsidR="004D6FAC" w:rsidRDefault="004D6FAC" w:rsidP="004D6FAC">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F56E55E" w14:textId="77777777" w:rsidR="00F46F55" w:rsidRDefault="00F46F55" w:rsidP="00F46F55">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BE98A54" w14:textId="2547C710" w:rsidR="00F46F55" w:rsidRDefault="00F46F55" w:rsidP="00F46F55">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1141"/>
+        </w:tabs>
+      </w:pPr>
       <w:r>
         <w:t>Councillor Clive Hooker</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BC581D7" w14:textId="77777777" w:rsidR="004D6FAC" w:rsidRDefault="004D6FAC" w:rsidP="004D6FAC"/>
-    <w:p w14:paraId="5E7FFCB1" w14:textId="168C3477" w:rsidR="004D6FAC" w:rsidRDefault="004D6FAC" w:rsidP="004D6FAC">
+    <w:p w14:paraId="6DD1AB8A" w14:textId="77777777" w:rsidR="00F46F55" w:rsidRDefault="00F46F55" w:rsidP="00F46F55">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1141"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0BDDBDE6" w14:textId="322DEDDA" w:rsidR="00F46F55" w:rsidRDefault="00F46F55" w:rsidP="00F46F55">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1141"/>
+        </w:tabs>
+      </w:pPr>
       <w:r>
-        <w:t>clive.hooker@westberks.gov.uk</w:t>
-[...3 lines deleted...]
-    <w:p w14:paraId="21C55D7D" w14:textId="331B33E1" w:rsidR="004D6FAC" w:rsidRPr="004D6FAC" w:rsidRDefault="004D6FAC" w:rsidP="004D6FAC">
+        <w:t>Downlands ward</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CF0615B" w14:textId="77777777" w:rsidR="00F46F55" w:rsidRDefault="00F46F55" w:rsidP="00F46F55">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1141"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3428F053" w14:textId="706782FE" w:rsidR="00F46F55" w:rsidRPr="00F46F55" w:rsidRDefault="00F46F55" w:rsidP="00F46F55">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1141"/>
+        </w:tabs>
+      </w:pPr>
       <w:r>
         <w:t>07798 920981</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="004D6FAC" w:rsidRPr="004D6FAC" w:rsidSect="00E732F5">
+    <w:sectPr w:rsidR="00F46F55" w:rsidRPr="00F46F55" w:rsidSect="00E732F5">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="993" w:right="1080" w:bottom="709" w:left="1080" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1AFF6CC7"/>
+    <w:nsid w:val="31902E87"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="9F90E4C4"/>
-    <w:lvl w:ilvl="0" w:tplc="08090001">
+    <w:tmpl w:val="3ECA400E"/>
+    <w:lvl w:ilvl="0" w:tplc="A1141EAE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="34A96629"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="845C5B82"/>
+    <w:lvl w:ilvl="0" w:tplc="1E54EC32">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="Bulletlevel1"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
@@ -1862,54 +2074,54 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2FEF2EB2"/>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3658167C"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="5484B99A"/>
+    <w:tmpl w:val="A6FE0CE0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -2011,54 +2223,140 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="31902E87"/>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="36692AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="3ECA400E"/>
+    <w:tmpl w:val="FE8627B6"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5D775DB3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C7721EAC"/>
     <w:lvl w:ilvl="0" w:tplc="A1141EAE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -2100,456 +2398,54 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-[...198 lines deleted...]
-  </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="594C09AE"/>
-[...201 lines deleted...]
-    <w:nsid w:val="740108EA"/>
+    <w:nsid w:val="6F1727D7"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="71844D88"/>
+    <w:tmpl w:val="44FABD24"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -2651,631 +2547,919 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="74E66F06"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="EF182610"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Times New Roman" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7D527715"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="6542314A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Times New Roman" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1832677683">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1089690354">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1089690354">
+  <w:num w:numId="3" w16cid:durableId="782000219">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1519008400">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="782000219">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="5" w16cid:durableId="1911580000">
+    <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1519008400">
+  <w:num w:numId="6" w16cid:durableId="1815754294">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="475416495">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="466975400">
-[...9 lines deleted...]
-    <w:abstractNumId w:val="7"/>
+  <w:num w:numId="8" w16cid:durableId="1593661056">
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="1"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="94"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1021" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0033616F"/>
     <w:rsid w:val="0000053A"/>
     <w:rsid w:val="000021C6"/>
     <w:rsid w:val="000059EB"/>
     <w:rsid w:val="0001072E"/>
     <w:rsid w:val="00014D3E"/>
     <w:rsid w:val="00021CE6"/>
     <w:rsid w:val="000279B9"/>
     <w:rsid w:val="000312B7"/>
     <w:rsid w:val="0003485D"/>
     <w:rsid w:val="0003585C"/>
     <w:rsid w:val="00036116"/>
-    <w:rsid w:val="000412AC"/>
-    <w:rsid w:val="00053648"/>
     <w:rsid w:val="00060085"/>
     <w:rsid w:val="000710CC"/>
     <w:rsid w:val="00071C6A"/>
     <w:rsid w:val="00073965"/>
     <w:rsid w:val="00080F1F"/>
+    <w:rsid w:val="00082E50"/>
     <w:rsid w:val="00083C8B"/>
     <w:rsid w:val="00084C0D"/>
     <w:rsid w:val="00092BDB"/>
-    <w:rsid w:val="00092CCB"/>
+    <w:rsid w:val="000935E1"/>
     <w:rsid w:val="00093681"/>
     <w:rsid w:val="00094B8B"/>
     <w:rsid w:val="000A24FD"/>
+    <w:rsid w:val="000A6302"/>
     <w:rsid w:val="000B0E30"/>
+    <w:rsid w:val="000B6C4A"/>
     <w:rsid w:val="000C2599"/>
-    <w:rsid w:val="000C2745"/>
     <w:rsid w:val="000D06B6"/>
     <w:rsid w:val="000E410E"/>
     <w:rsid w:val="000F0737"/>
     <w:rsid w:val="000F08CD"/>
+    <w:rsid w:val="000F672D"/>
     <w:rsid w:val="000F7008"/>
     <w:rsid w:val="000F7F7D"/>
     <w:rsid w:val="00112464"/>
     <w:rsid w:val="00123DF6"/>
     <w:rsid w:val="001257AA"/>
     <w:rsid w:val="001261A0"/>
-    <w:rsid w:val="0012757C"/>
     <w:rsid w:val="00132007"/>
     <w:rsid w:val="001378E1"/>
     <w:rsid w:val="00142046"/>
     <w:rsid w:val="001438E5"/>
     <w:rsid w:val="001524F5"/>
     <w:rsid w:val="00154797"/>
     <w:rsid w:val="001615A6"/>
     <w:rsid w:val="0016296E"/>
     <w:rsid w:val="00165DB4"/>
     <w:rsid w:val="00166D92"/>
     <w:rsid w:val="00173F6B"/>
     <w:rsid w:val="00174E25"/>
+    <w:rsid w:val="00175AD8"/>
     <w:rsid w:val="001857C6"/>
     <w:rsid w:val="00187039"/>
     <w:rsid w:val="001900FE"/>
+    <w:rsid w:val="00195191"/>
     <w:rsid w:val="001A0D89"/>
     <w:rsid w:val="001A2043"/>
-    <w:rsid w:val="001A3457"/>
+    <w:rsid w:val="001A42C8"/>
     <w:rsid w:val="001A7C62"/>
     <w:rsid w:val="001B4E39"/>
     <w:rsid w:val="001B76BA"/>
     <w:rsid w:val="001C25AE"/>
     <w:rsid w:val="001D4480"/>
     <w:rsid w:val="001E3616"/>
     <w:rsid w:val="001E4B27"/>
-    <w:rsid w:val="001F598A"/>
     <w:rsid w:val="001F66C8"/>
     <w:rsid w:val="00202D35"/>
     <w:rsid w:val="00204F9F"/>
     <w:rsid w:val="00211EAF"/>
+    <w:rsid w:val="0021600B"/>
     <w:rsid w:val="002161AE"/>
     <w:rsid w:val="00225360"/>
     <w:rsid w:val="002278E8"/>
     <w:rsid w:val="002418A0"/>
     <w:rsid w:val="002454D6"/>
     <w:rsid w:val="00246059"/>
-    <w:rsid w:val="00251649"/>
     <w:rsid w:val="002866D1"/>
     <w:rsid w:val="0029104E"/>
     <w:rsid w:val="00291253"/>
     <w:rsid w:val="002917B4"/>
     <w:rsid w:val="00293887"/>
     <w:rsid w:val="002A1F17"/>
     <w:rsid w:val="002A2B4A"/>
     <w:rsid w:val="002A2CBC"/>
     <w:rsid w:val="002A5149"/>
+    <w:rsid w:val="002A7A39"/>
+    <w:rsid w:val="002B333E"/>
     <w:rsid w:val="002B6E67"/>
     <w:rsid w:val="002D0F46"/>
+    <w:rsid w:val="002D75B0"/>
     <w:rsid w:val="002E1E9C"/>
     <w:rsid w:val="002F37EE"/>
     <w:rsid w:val="002F6F33"/>
+    <w:rsid w:val="00300A74"/>
     <w:rsid w:val="00304A21"/>
     <w:rsid w:val="00311A89"/>
     <w:rsid w:val="00315B0B"/>
     <w:rsid w:val="00316D93"/>
     <w:rsid w:val="00320FA5"/>
     <w:rsid w:val="003268C6"/>
     <w:rsid w:val="00327BF2"/>
     <w:rsid w:val="0033616F"/>
     <w:rsid w:val="00341DEF"/>
-    <w:rsid w:val="0034267F"/>
     <w:rsid w:val="00351943"/>
     <w:rsid w:val="00351BB1"/>
     <w:rsid w:val="003528CB"/>
     <w:rsid w:val="00353755"/>
     <w:rsid w:val="0035695B"/>
     <w:rsid w:val="00360D15"/>
     <w:rsid w:val="00364E18"/>
     <w:rsid w:val="00365F02"/>
     <w:rsid w:val="00376477"/>
     <w:rsid w:val="00380EAF"/>
     <w:rsid w:val="00382300"/>
     <w:rsid w:val="00385A71"/>
     <w:rsid w:val="00390F38"/>
     <w:rsid w:val="00395435"/>
     <w:rsid w:val="003A24B3"/>
     <w:rsid w:val="003A7EAB"/>
     <w:rsid w:val="003B2825"/>
     <w:rsid w:val="003B5F27"/>
     <w:rsid w:val="003B6777"/>
     <w:rsid w:val="003B6B50"/>
     <w:rsid w:val="003B6EDD"/>
     <w:rsid w:val="003C273F"/>
     <w:rsid w:val="003C54C6"/>
     <w:rsid w:val="003C69E3"/>
     <w:rsid w:val="003D0EEA"/>
-    <w:rsid w:val="003D3089"/>
     <w:rsid w:val="003D5281"/>
     <w:rsid w:val="003D7DDB"/>
     <w:rsid w:val="003E61C8"/>
     <w:rsid w:val="003E6305"/>
     <w:rsid w:val="003F02F6"/>
     <w:rsid w:val="003F0BCF"/>
     <w:rsid w:val="003F1DA3"/>
     <w:rsid w:val="003F3372"/>
     <w:rsid w:val="003F4311"/>
+    <w:rsid w:val="004074CC"/>
     <w:rsid w:val="004155A6"/>
     <w:rsid w:val="00422EA3"/>
     <w:rsid w:val="0042556A"/>
     <w:rsid w:val="0042667B"/>
     <w:rsid w:val="0043639D"/>
     <w:rsid w:val="00450F87"/>
     <w:rsid w:val="00452403"/>
     <w:rsid w:val="004538E5"/>
     <w:rsid w:val="0046311D"/>
-    <w:rsid w:val="00463901"/>
-    <w:rsid w:val="00465C06"/>
     <w:rsid w:val="00467A3B"/>
     <w:rsid w:val="004755B5"/>
     <w:rsid w:val="0047648E"/>
     <w:rsid w:val="00477909"/>
     <w:rsid w:val="004850E1"/>
     <w:rsid w:val="00492EF9"/>
     <w:rsid w:val="004A554F"/>
     <w:rsid w:val="004B0806"/>
     <w:rsid w:val="004C059F"/>
-    <w:rsid w:val="004C0C26"/>
     <w:rsid w:val="004D3A98"/>
     <w:rsid w:val="004D4AE1"/>
-    <w:rsid w:val="004D6FAC"/>
     <w:rsid w:val="004E49D1"/>
     <w:rsid w:val="004F0146"/>
     <w:rsid w:val="00502866"/>
     <w:rsid w:val="00505391"/>
     <w:rsid w:val="00511650"/>
     <w:rsid w:val="00514080"/>
     <w:rsid w:val="00517F56"/>
-    <w:rsid w:val="005227AB"/>
-    <w:rsid w:val="00523AA1"/>
     <w:rsid w:val="0052459C"/>
     <w:rsid w:val="005258AA"/>
     <w:rsid w:val="00526BF0"/>
     <w:rsid w:val="0052750E"/>
     <w:rsid w:val="005310A9"/>
     <w:rsid w:val="00533546"/>
     <w:rsid w:val="00533E87"/>
     <w:rsid w:val="00535D43"/>
     <w:rsid w:val="00536CB6"/>
     <w:rsid w:val="005459DB"/>
     <w:rsid w:val="00553DBB"/>
     <w:rsid w:val="00553FA5"/>
     <w:rsid w:val="00563404"/>
     <w:rsid w:val="00565EF7"/>
-    <w:rsid w:val="00572938"/>
+    <w:rsid w:val="00566917"/>
     <w:rsid w:val="005755B0"/>
+    <w:rsid w:val="00583431"/>
+    <w:rsid w:val="00583DB7"/>
     <w:rsid w:val="005858C2"/>
     <w:rsid w:val="00587682"/>
     <w:rsid w:val="00592C19"/>
     <w:rsid w:val="00595AD9"/>
     <w:rsid w:val="00596B3F"/>
     <w:rsid w:val="005A124E"/>
-    <w:rsid w:val="005A19AC"/>
     <w:rsid w:val="005A2709"/>
     <w:rsid w:val="005A3A8F"/>
     <w:rsid w:val="005A4F09"/>
     <w:rsid w:val="005A56A1"/>
-    <w:rsid w:val="005A5D32"/>
+    <w:rsid w:val="005A655F"/>
+    <w:rsid w:val="005B5986"/>
     <w:rsid w:val="005B6543"/>
+    <w:rsid w:val="005C14F3"/>
     <w:rsid w:val="005C528C"/>
     <w:rsid w:val="005C57E2"/>
     <w:rsid w:val="005D1779"/>
     <w:rsid w:val="005D2258"/>
-    <w:rsid w:val="005E3C45"/>
     <w:rsid w:val="005E5D99"/>
     <w:rsid w:val="005F2427"/>
     <w:rsid w:val="005F269D"/>
     <w:rsid w:val="005F73B7"/>
+    <w:rsid w:val="00603443"/>
     <w:rsid w:val="00603773"/>
-    <w:rsid w:val="00605ED1"/>
+    <w:rsid w:val="00603AD5"/>
     <w:rsid w:val="00607CDE"/>
     <w:rsid w:val="0061594E"/>
     <w:rsid w:val="00616DD4"/>
     <w:rsid w:val="0062081C"/>
-    <w:rsid w:val="0062247F"/>
     <w:rsid w:val="00640547"/>
-    <w:rsid w:val="00640E6A"/>
     <w:rsid w:val="00642575"/>
     <w:rsid w:val="0064596D"/>
     <w:rsid w:val="00645F36"/>
     <w:rsid w:val="006535A3"/>
     <w:rsid w:val="006563A3"/>
     <w:rsid w:val="006619E3"/>
     <w:rsid w:val="00664734"/>
-    <w:rsid w:val="00670A0D"/>
     <w:rsid w:val="0067221A"/>
     <w:rsid w:val="00672248"/>
     <w:rsid w:val="00672D78"/>
     <w:rsid w:val="00684565"/>
     <w:rsid w:val="00687A9D"/>
+    <w:rsid w:val="00692125"/>
     <w:rsid w:val="00692C07"/>
     <w:rsid w:val="00694139"/>
     <w:rsid w:val="006A0043"/>
     <w:rsid w:val="006A0EAD"/>
     <w:rsid w:val="006A1E8A"/>
     <w:rsid w:val="006A4638"/>
     <w:rsid w:val="006A58DB"/>
     <w:rsid w:val="006A610B"/>
     <w:rsid w:val="006B20E0"/>
     <w:rsid w:val="006B5DFF"/>
     <w:rsid w:val="006C69D1"/>
+    <w:rsid w:val="006E6579"/>
+    <w:rsid w:val="006F6D93"/>
     <w:rsid w:val="006F7788"/>
     <w:rsid w:val="00702D38"/>
     <w:rsid w:val="007048C6"/>
     <w:rsid w:val="00710E3F"/>
     <w:rsid w:val="0071190B"/>
     <w:rsid w:val="00711FEB"/>
     <w:rsid w:val="00715E69"/>
     <w:rsid w:val="00727F77"/>
     <w:rsid w:val="00736CD9"/>
     <w:rsid w:val="007372A9"/>
+    <w:rsid w:val="007453B9"/>
     <w:rsid w:val="00752A13"/>
     <w:rsid w:val="00756F1B"/>
     <w:rsid w:val="007603E5"/>
     <w:rsid w:val="00760731"/>
     <w:rsid w:val="00761C29"/>
+    <w:rsid w:val="0076232D"/>
     <w:rsid w:val="00763583"/>
+    <w:rsid w:val="0078195B"/>
     <w:rsid w:val="00787F32"/>
     <w:rsid w:val="00790E18"/>
+    <w:rsid w:val="00792A87"/>
     <w:rsid w:val="00792E71"/>
     <w:rsid w:val="007947FF"/>
-    <w:rsid w:val="007A19AC"/>
     <w:rsid w:val="007A5208"/>
     <w:rsid w:val="007A57E5"/>
     <w:rsid w:val="007B24C6"/>
     <w:rsid w:val="007B3519"/>
     <w:rsid w:val="007B3884"/>
     <w:rsid w:val="007B44A9"/>
     <w:rsid w:val="007B5180"/>
     <w:rsid w:val="007C0CF7"/>
     <w:rsid w:val="007C4550"/>
     <w:rsid w:val="007D16EE"/>
     <w:rsid w:val="007D2FE0"/>
+    <w:rsid w:val="007D352C"/>
     <w:rsid w:val="007D5FFB"/>
     <w:rsid w:val="007D6DB7"/>
     <w:rsid w:val="007E3F82"/>
     <w:rsid w:val="007F2947"/>
     <w:rsid w:val="007F2FC5"/>
     <w:rsid w:val="007F6049"/>
     <w:rsid w:val="007F625D"/>
     <w:rsid w:val="00807E65"/>
+    <w:rsid w:val="00817A20"/>
     <w:rsid w:val="00827F7F"/>
     <w:rsid w:val="00830447"/>
     <w:rsid w:val="00831E81"/>
     <w:rsid w:val="008335DF"/>
-    <w:rsid w:val="008416C4"/>
     <w:rsid w:val="00863445"/>
     <w:rsid w:val="008635B2"/>
     <w:rsid w:val="00873709"/>
     <w:rsid w:val="0088063A"/>
     <w:rsid w:val="00880871"/>
     <w:rsid w:val="00881F87"/>
-    <w:rsid w:val="00882001"/>
     <w:rsid w:val="008934F1"/>
     <w:rsid w:val="00895814"/>
-    <w:rsid w:val="008A13EF"/>
-    <w:rsid w:val="008A33CC"/>
     <w:rsid w:val="008A42B6"/>
     <w:rsid w:val="008B064F"/>
     <w:rsid w:val="008B40A5"/>
     <w:rsid w:val="008B53A1"/>
+    <w:rsid w:val="008C2AE0"/>
     <w:rsid w:val="008C3779"/>
     <w:rsid w:val="008C4E1C"/>
-    <w:rsid w:val="008C622B"/>
-[...1 lines deleted...]
-    <w:rsid w:val="008E45EE"/>
     <w:rsid w:val="00900132"/>
+    <w:rsid w:val="0090518E"/>
+    <w:rsid w:val="00907AD5"/>
     <w:rsid w:val="00907E10"/>
     <w:rsid w:val="009234CD"/>
     <w:rsid w:val="00937335"/>
     <w:rsid w:val="00945F29"/>
     <w:rsid w:val="009504E9"/>
     <w:rsid w:val="00950B34"/>
     <w:rsid w:val="009542B6"/>
-    <w:rsid w:val="00962963"/>
+    <w:rsid w:val="00955065"/>
+    <w:rsid w:val="00960F0B"/>
     <w:rsid w:val="00964FA4"/>
     <w:rsid w:val="009751A9"/>
     <w:rsid w:val="00975B48"/>
     <w:rsid w:val="009771F5"/>
     <w:rsid w:val="0099038C"/>
     <w:rsid w:val="00994B13"/>
     <w:rsid w:val="009A00A4"/>
     <w:rsid w:val="009A05B0"/>
     <w:rsid w:val="009A41AD"/>
     <w:rsid w:val="009A5E75"/>
     <w:rsid w:val="009A6C50"/>
-    <w:rsid w:val="009B2CCD"/>
+    <w:rsid w:val="009A77C5"/>
     <w:rsid w:val="009C7F26"/>
     <w:rsid w:val="009D3681"/>
-    <w:rsid w:val="009D7B8F"/>
+    <w:rsid w:val="009E2EB1"/>
     <w:rsid w:val="009E48C2"/>
     <w:rsid w:val="009E4C24"/>
     <w:rsid w:val="009E67FD"/>
     <w:rsid w:val="00A11315"/>
     <w:rsid w:val="00A118E4"/>
     <w:rsid w:val="00A15472"/>
     <w:rsid w:val="00A161E6"/>
-    <w:rsid w:val="00A203A6"/>
     <w:rsid w:val="00A229E1"/>
     <w:rsid w:val="00A2487B"/>
     <w:rsid w:val="00A25A4E"/>
     <w:rsid w:val="00A262C2"/>
-    <w:rsid w:val="00A32C07"/>
     <w:rsid w:val="00A35935"/>
     <w:rsid w:val="00A4094C"/>
     <w:rsid w:val="00A43D15"/>
     <w:rsid w:val="00A52AB7"/>
     <w:rsid w:val="00A64974"/>
     <w:rsid w:val="00A72150"/>
     <w:rsid w:val="00A80873"/>
     <w:rsid w:val="00A8116E"/>
     <w:rsid w:val="00A91623"/>
     <w:rsid w:val="00A92922"/>
     <w:rsid w:val="00A92C38"/>
-    <w:rsid w:val="00A97DD0"/>
     <w:rsid w:val="00AB54C7"/>
     <w:rsid w:val="00AC274C"/>
     <w:rsid w:val="00AC768A"/>
     <w:rsid w:val="00AD3531"/>
+    <w:rsid w:val="00AE0562"/>
     <w:rsid w:val="00AE0570"/>
     <w:rsid w:val="00AE149D"/>
-    <w:rsid w:val="00AE6CE3"/>
     <w:rsid w:val="00AF027D"/>
     <w:rsid w:val="00AF4017"/>
     <w:rsid w:val="00AF51DB"/>
     <w:rsid w:val="00AF7678"/>
     <w:rsid w:val="00B00E74"/>
     <w:rsid w:val="00B07DD7"/>
-    <w:rsid w:val="00B100C4"/>
     <w:rsid w:val="00B26916"/>
+    <w:rsid w:val="00B26C90"/>
     <w:rsid w:val="00B3386D"/>
+    <w:rsid w:val="00B33A48"/>
     <w:rsid w:val="00B34A7D"/>
     <w:rsid w:val="00B4348F"/>
     <w:rsid w:val="00B44F0C"/>
     <w:rsid w:val="00B4565A"/>
     <w:rsid w:val="00B51E4D"/>
     <w:rsid w:val="00B53023"/>
+    <w:rsid w:val="00B55A36"/>
     <w:rsid w:val="00B627B9"/>
     <w:rsid w:val="00B92F5B"/>
     <w:rsid w:val="00B9529F"/>
     <w:rsid w:val="00BA026E"/>
     <w:rsid w:val="00BA669E"/>
     <w:rsid w:val="00BA6C18"/>
-    <w:rsid w:val="00BB27A6"/>
     <w:rsid w:val="00BB6015"/>
     <w:rsid w:val="00BB775A"/>
     <w:rsid w:val="00BB79E6"/>
     <w:rsid w:val="00BC15F7"/>
+    <w:rsid w:val="00BC3FC0"/>
     <w:rsid w:val="00BC45B4"/>
     <w:rsid w:val="00BC5A68"/>
     <w:rsid w:val="00BC5AEE"/>
     <w:rsid w:val="00BD22CF"/>
+    <w:rsid w:val="00BD70FF"/>
     <w:rsid w:val="00BE049B"/>
+    <w:rsid w:val="00BE190B"/>
     <w:rsid w:val="00C05389"/>
-    <w:rsid w:val="00C124A1"/>
+    <w:rsid w:val="00C073C0"/>
     <w:rsid w:val="00C15E34"/>
-    <w:rsid w:val="00C25628"/>
     <w:rsid w:val="00C316E8"/>
     <w:rsid w:val="00C356C3"/>
     <w:rsid w:val="00C35D9A"/>
     <w:rsid w:val="00C419CB"/>
+    <w:rsid w:val="00C4248F"/>
     <w:rsid w:val="00C430F3"/>
+    <w:rsid w:val="00C43B4E"/>
     <w:rsid w:val="00C51F2B"/>
     <w:rsid w:val="00C6238B"/>
     <w:rsid w:val="00C64E2E"/>
     <w:rsid w:val="00C80F8A"/>
     <w:rsid w:val="00C82394"/>
     <w:rsid w:val="00C87EF3"/>
     <w:rsid w:val="00C9011E"/>
-    <w:rsid w:val="00C97DCF"/>
     <w:rsid w:val="00CA45F0"/>
     <w:rsid w:val="00CA48DD"/>
-    <w:rsid w:val="00CA50B7"/>
     <w:rsid w:val="00CA5A95"/>
     <w:rsid w:val="00CB49CD"/>
     <w:rsid w:val="00CB783C"/>
     <w:rsid w:val="00CC3213"/>
     <w:rsid w:val="00CE0617"/>
     <w:rsid w:val="00CE40F4"/>
     <w:rsid w:val="00CF3284"/>
     <w:rsid w:val="00CF3C31"/>
     <w:rsid w:val="00CF3C92"/>
-    <w:rsid w:val="00CF7B69"/>
-    <w:rsid w:val="00D00D1F"/>
+    <w:rsid w:val="00D0695C"/>
     <w:rsid w:val="00D12167"/>
     <w:rsid w:val="00D12B4F"/>
     <w:rsid w:val="00D15A51"/>
     <w:rsid w:val="00D16C18"/>
     <w:rsid w:val="00D21F14"/>
     <w:rsid w:val="00D26E68"/>
     <w:rsid w:val="00D34D33"/>
     <w:rsid w:val="00D3781A"/>
     <w:rsid w:val="00D446AF"/>
     <w:rsid w:val="00D45624"/>
     <w:rsid w:val="00D60947"/>
     <w:rsid w:val="00D60CD6"/>
     <w:rsid w:val="00D72DF3"/>
     <w:rsid w:val="00D73DC7"/>
     <w:rsid w:val="00D74B59"/>
     <w:rsid w:val="00D74F84"/>
     <w:rsid w:val="00D7633F"/>
     <w:rsid w:val="00D8287F"/>
     <w:rsid w:val="00D86ED1"/>
     <w:rsid w:val="00D9385E"/>
     <w:rsid w:val="00D93DE1"/>
     <w:rsid w:val="00D957C3"/>
     <w:rsid w:val="00D96426"/>
     <w:rsid w:val="00DA0AE5"/>
     <w:rsid w:val="00DA305F"/>
     <w:rsid w:val="00DA58E9"/>
     <w:rsid w:val="00DB2B7E"/>
-    <w:rsid w:val="00DC4FED"/>
     <w:rsid w:val="00DD259D"/>
     <w:rsid w:val="00DD35A9"/>
     <w:rsid w:val="00DD59D0"/>
-    <w:rsid w:val="00DD5F3F"/>
     <w:rsid w:val="00DD6770"/>
-    <w:rsid w:val="00DD6855"/>
     <w:rsid w:val="00DD6E80"/>
     <w:rsid w:val="00DE3156"/>
     <w:rsid w:val="00DE33AC"/>
     <w:rsid w:val="00DE33E1"/>
     <w:rsid w:val="00DE4D05"/>
     <w:rsid w:val="00DE7B51"/>
     <w:rsid w:val="00DE7BB7"/>
+    <w:rsid w:val="00DF14BA"/>
     <w:rsid w:val="00DF63F8"/>
     <w:rsid w:val="00E00F80"/>
     <w:rsid w:val="00E02FED"/>
     <w:rsid w:val="00E041CC"/>
     <w:rsid w:val="00E0473F"/>
     <w:rsid w:val="00E059C8"/>
     <w:rsid w:val="00E134DD"/>
+    <w:rsid w:val="00E216B8"/>
     <w:rsid w:val="00E24C54"/>
     <w:rsid w:val="00E25524"/>
     <w:rsid w:val="00E2777C"/>
     <w:rsid w:val="00E3193E"/>
     <w:rsid w:val="00E32D9B"/>
     <w:rsid w:val="00E33EA8"/>
-    <w:rsid w:val="00E34E83"/>
     <w:rsid w:val="00E36454"/>
-    <w:rsid w:val="00E40FF2"/>
+    <w:rsid w:val="00E37CCE"/>
     <w:rsid w:val="00E451E0"/>
-    <w:rsid w:val="00E4735B"/>
-    <w:rsid w:val="00E5406D"/>
     <w:rsid w:val="00E54076"/>
     <w:rsid w:val="00E569B2"/>
     <w:rsid w:val="00E6125F"/>
     <w:rsid w:val="00E63622"/>
     <w:rsid w:val="00E6671F"/>
     <w:rsid w:val="00E732F5"/>
     <w:rsid w:val="00E7447A"/>
-    <w:rsid w:val="00E77C5C"/>
     <w:rsid w:val="00E83C6B"/>
     <w:rsid w:val="00E869AE"/>
     <w:rsid w:val="00E93275"/>
+    <w:rsid w:val="00E936D0"/>
     <w:rsid w:val="00EA2BB7"/>
     <w:rsid w:val="00EA7316"/>
-    <w:rsid w:val="00EB1504"/>
     <w:rsid w:val="00EB5208"/>
     <w:rsid w:val="00EB59E0"/>
     <w:rsid w:val="00EC1F9D"/>
     <w:rsid w:val="00EC6D84"/>
     <w:rsid w:val="00ED27FE"/>
     <w:rsid w:val="00ED71B4"/>
+    <w:rsid w:val="00ED7238"/>
     <w:rsid w:val="00ED788B"/>
     <w:rsid w:val="00EE5B20"/>
     <w:rsid w:val="00EE756F"/>
     <w:rsid w:val="00EF374D"/>
-    <w:rsid w:val="00F043AF"/>
+    <w:rsid w:val="00F1022B"/>
     <w:rsid w:val="00F10B09"/>
-    <w:rsid w:val="00F13F29"/>
     <w:rsid w:val="00F140DC"/>
     <w:rsid w:val="00F15498"/>
     <w:rsid w:val="00F228E3"/>
-    <w:rsid w:val="00F25199"/>
     <w:rsid w:val="00F40A79"/>
     <w:rsid w:val="00F42B8D"/>
     <w:rsid w:val="00F46AC6"/>
-    <w:rsid w:val="00F47A27"/>
+    <w:rsid w:val="00F46F55"/>
     <w:rsid w:val="00F505AC"/>
     <w:rsid w:val="00F54298"/>
+    <w:rsid w:val="00F55668"/>
     <w:rsid w:val="00F560F5"/>
     <w:rsid w:val="00F57186"/>
-    <w:rsid w:val="00F7214A"/>
     <w:rsid w:val="00F735F2"/>
     <w:rsid w:val="00F74E30"/>
-    <w:rsid w:val="00F7782D"/>
-    <w:rsid w:val="00F86982"/>
     <w:rsid w:val="00F87EE1"/>
     <w:rsid w:val="00F95288"/>
     <w:rsid w:val="00FA0A63"/>
     <w:rsid w:val="00FA1E87"/>
     <w:rsid w:val="00FA5383"/>
-    <w:rsid w:val="00FA5F44"/>
     <w:rsid w:val="00FC473E"/>
     <w:rsid w:val="00FC6560"/>
-    <w:rsid w:val="00FD3034"/>
-    <w:rsid w:val="00FE4634"/>
     <w:rsid w:val="00FF687B"/>
     <w:rsid w:val="00FF74E3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
@@ -6599,51 +6783,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2135442763">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.newburytoday.co.uk/news/tories-to-boycott-west-berkshire-council-budget-meeting-9450864/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://activetravel.wbcroadsafety.co.uk/?utm_source=e-shot&amp;utm_medium=email&amp;utm_campaign=Residents+Bulletin+21+January+2026" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://decisionmaking.westberks.gov.uk/ieListMeetings.aspx?CId=116&amp;Year=0" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://news.info.westberks.gov.uk/0122965AE696DC34BE3C549E0AE61FC51D27FCC74210F3F33B3A95C6315F993D/4541330587ADCC8B4067D62067941720/LE35" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://news.info.westberks.gov.uk/1E84FC6433D8207D9C576E78537DA2388829CB924F729A55A8BD1E47488F2BF8/4541330587ADCC8B4067D62067941720/LE35" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Amie.Norkett1@westberks.gov.uk" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.westberks.gov.uk/victoria-park-nursery-resource-base" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://decisionmaking.westberks.gov.uk/ieListMeetings.aspx?CId=117&amp;Year=0" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.newburytoday.co.uk/news/council-in-cash-meltdown-as-redundancies-are-on-the-agenda-9451022/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://decisionmaking.westberks.gov.uk/ieListMeetings.aspx?CId=117&amp;Year=0" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://news.info.westberks.gov.uk/D41DFE88ECEF61FFCFC4FD32069570187BE10DBC02D188CA5543525AD3FFB15A/4541330587ADCC8B4067D62067941720/LE35" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vote@westberks.gov.uk" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:economicdevelopment@westberks.gov.uk?subject=Thatcham%20Community%20Hub" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://decisionmaking.westberks.gov.uk/ieListMeetings.aspx?CId=116&amp;Year=0" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.westberks.gov.uk/LGR" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.westberks.gov.uk/thatchams-new-community-hub" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://news.info.westberks.gov.uk/976981634730D66D2063B55F8862BC7B2C9B6CAC4BB15832DFCB3C6B3F27959B/4541330587ADCC8B4067D62067941720/LE35" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.westberks.gov.uk/draft-planning-enforcement-plan" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://news.info.westberks.gov.uk/4905D2E8280EA7FF512262309623358D91FC9D48D79498AE8BF7F03AD26D6356/4541330587ADCC8B4067D62067941720/LE35" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Hannah.lee1@westberks.gov.uk?subject=HAF%20hwbs%20newsletter" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://consult.communities.gov.uk/local-government-reorganisation/oxfordshire/?utm_source=e-shot&amp;utm_medium=email&amp;utm_campaign=Business+News%3a+Ridgeway+Proposal+-+Government+Consultation" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://news.info.westberks.gov.uk/452C356A911639CF99E57CA5D0E14C3305E4A30B9BAE4814CADCC8629878AECC/4541330587ADCC8B4067D62067941720/LE35" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -6884,70 +7068,70 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FCE6E748-9EB0-4584-9567-994286D6F4E5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1650</Words>
-  <Characters>9090</Characters>
+  <Words>1693</Words>
+  <Characters>9112</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>200</Lines>
-  <Paragraphs>91</Paragraphs>
+  <Lines>171</Lines>
+  <Paragraphs>128</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>West Berkshire Council</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10669</CharactersWithSpaces>
+  <CharactersWithSpaces>10677</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Graham Bridgman</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>